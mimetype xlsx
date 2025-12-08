--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>Výsledky hráčů družstva TJ Lokomotiva České Budějovice  na kuželně TJ Lokomotiva České Budějovice</t>
   </si>
   <si>
     <t>Pavel Černý</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>24.10.2024</t>
   </si>
   <si>
     <t>3.10.2024</t>
   </si>
   <si>
     <t>20.9.2024</t>
   </si>
   <si>
     <t>28.3.2024</t>
   </si>
   <si>
@@ -393,50 +393,53 @@
     <t>1.11.2019</t>
   </si>
   <si>
     <t>18.10.2019</t>
   </si>
   <si>
     <t>4.10.2019</t>
   </si>
   <si>
     <t>24.9.2019</t>
   </si>
   <si>
     <t>22.2.2019</t>
   </si>
   <si>
     <t>8.2.2019</t>
   </si>
   <si>
     <t>18.1.2019</t>
   </si>
   <si>
     <t>23.11.2018</t>
   </si>
   <si>
     <t>Jan Sýkora</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>Václav Klojda ml.</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>9.11.2023</t>
   </si>
@@ -2621,256 +2624,256 @@
       </c>
       <c r="AB25" s="7">
         <v>100</v>
       </c>
       <c r="AC25" s="7">
         <v>100</v>
       </c>
       <c r="AD25" s="7">
         <v>100</v>
       </c>
       <c r="AE25" s="7">
         <v>100</v>
       </c>
       <c r="AF25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>126</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="D27" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="D27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E27" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="F27" s="7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>129</v>
       </c>
       <c r="H27" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="I27" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="I27" s="7" t="s">
+      <c r="J27" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="J27" s="7" t="s">
+      <c r="K27" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="K27" s="7" t="s">
+      <c r="L27" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="L27" s="7" t="s">
+      <c r="M27" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="M27" s="7" t="s">
+      <c r="N27" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="N27" s="7" t="s">
+      <c r="O27" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="O27" s="7" t="s">
+      <c r="P27" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="P27" s="7" t="s">
+      <c r="Q27" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="Q27" s="7" t="s">
+      <c r="R27" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="R27" s="7" t="s">
+      <c r="S27" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="S27" s="7" t="s">
+      <c r="T27" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="T27" s="7" t="s">
+      <c r="U27" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="U27" s="7" t="s">
+      <c r="V27" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="V27" s="7" t="s">
+      <c r="W27" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="W27" s="7" t="s">
+      <c r="X27" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="X27" s="7" t="s">
+      <c r="Y27" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="Y27" s="7" t="s">
+      <c r="Z27" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="Z27" s="7" t="s">
+      <c r="AA27" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="AA27" s="7" t="s">
+      <c r="AB27" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="AB27" s="7" t="s">
+      <c r="AC27" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="AC27" s="7" t="s">
+      <c r="AD27" s="7" t="s">
         <v>89</v>
       </c>
-      <c r="AD27" s="7" t="s">
+      <c r="AE27" s="7" t="s">
         <v>90</v>
       </c>
-      <c r="AE27" s="7" t="s">
+      <c r="AF27" s="7" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C28" s="4">
+      <c r="C28" s="5">
+        <v>469</v>
+      </c>
+      <c r="D28" s="4">
         <v>514</v>
       </c>
-      <c r="D28" s="5">
+      <c r="E28" s="5">
         <v>463</v>
       </c>
-      <c r="E28" s="5">
+      <c r="F28" s="5">
         <v>478</v>
       </c>
-      <c r="F28" s="5">
+      <c r="G28" s="5">
         <v>517</v>
       </c>
-      <c r="G28" s="5">
+      <c r="H28" s="5">
         <v>422</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>479</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>511</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>531</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>540</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>502</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>525</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>491</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>508</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>482</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>483</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>503</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>519</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>528</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>531</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>528</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>530</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>552</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>520</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>562</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>502</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>473</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>510</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>538</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C29" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="C29" s="7">
+        <v>100</v>
+      </c>
+      <c r="D29" s="4">
+        <v>120</v>
       </c>
       <c r="E29" s="7">
         <v>100</v>
       </c>
       <c r="F29" s="7">
         <v>100</v>
       </c>
       <c r="G29" s="7">
         <v>100</v>
       </c>
-      <c r="H29" s="4">
-        <v>120</v>
+      <c r="H29" s="7">
+        <v>100</v>
       </c>
       <c r="I29" s="4">
         <v>120</v>
       </c>
       <c r="J29" s="4">
         <v>120</v>
       </c>
       <c r="K29" s="4">
         <v>120</v>
       </c>
       <c r="L29" s="4">
         <v>120</v>
       </c>
       <c r="M29" s="4">
         <v>120</v>
       </c>
       <c r="N29" s="4">
         <v>120</v>
       </c>
       <c r="O29" s="4">
         <v>120</v>
       </c>
       <c r="P29" s="4">
         <v>120</v>
       </c>
@@ -2903,138 +2906,138 @@
       </c>
       <c r="Z29" s="4">
         <v>120</v>
       </c>
       <c r="AA29" s="4">
         <v>120</v>
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>99</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>99</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>101</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>65</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>67</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>103</v>
       </c>
       <c r="L31" s="7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>37</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>71</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>106</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>106</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>107</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>6</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>6</v>
       </c>
       <c r="T31" s="7" t="s">
         <v>9</v>
       </c>
       <c r="U31" s="7" t="s">
         <v>10</v>
       </c>
       <c r="V31" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>11</v>
       </c>
       <c r="X31" s="7" t="s">
         <v>12</v>
       </c>
       <c r="Y31" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="Z31" s="7" t="s">
         <v>89</v>
       </c>
       <c r="AA31" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="AB31" s="7" t="s">
         <v>14</v>
       </c>
       <c r="AC31" s="7" t="s">
         <v>15</v>
       </c>
       <c r="AD31" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="AE31" s="7" t="s">
         <v>16</v>
       </c>
       <c r="AF31" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="5">
         <v>422</v>
       </c>
       <c r="D32" s="5">
         <v>448</v>
       </c>
       <c r="E32" s="5">
         <v>438</v>
       </c>
       <c r="F32" s="5">
         <v>469</v>
       </c>
       <c r="G32" s="5">
@@ -3191,57 +3194,57 @@
       </c>
       <c r="Z33" s="4">
         <v>120</v>
       </c>
       <c r="AA33" s="7">
         <v>100</v>
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>5</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>74</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>75</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>76</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>77</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>79</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>80</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>81</v>
       </c>