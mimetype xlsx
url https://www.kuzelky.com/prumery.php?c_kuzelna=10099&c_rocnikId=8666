--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -191,126 +191,126 @@
   <si>
     <t>20.10.2022</t>
   </si>
   <si>
     <t>6.10.2022</t>
   </si>
   <si>
     <t>7.4.2022</t>
   </si>
   <si>
     <t>31.3.2022</t>
   </si>
   <si>
     <t>17.3.2022</t>
   </si>
   <si>
     <t>3.3.2022</t>
   </si>
   <si>
     <t>17.2.2022</t>
   </si>
   <si>
     <t>Tomáš Polánský</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>6.4.2024</t>
   </si>
   <si>
     <t>2.12.2023</t>
   </si>
   <si>
     <t>23.9.2023</t>
   </si>
   <si>
     <t>16.3.2023</t>
   </si>
   <si>
+    <t>Václav Klojda ml.</t>
+  </si>
+  <si>
+    <t>8.3.2025</t>
+  </si>
+  <si>
+    <t>15.2.2025</t>
+  </si>
+  <si>
+    <t>28.10.2024</t>
+  </si>
+  <si>
+    <t>14.12.2023</t>
+  </si>
+  <si>
+    <t>30.11.2023</t>
+  </si>
+  <si>
+    <t>19.10.2023</t>
+  </si>
+  <si>
+    <t>28.9.2023</t>
+  </si>
+  <si>
+    <t>11.2.2023</t>
+  </si>
+  <si>
+    <t>9.4.2022</t>
+  </si>
+  <si>
     <t>2.4.2022</t>
   </si>
   <si>
-    <t>Václav Klojda ml.</t>
-[...28 lines deleted...]
-  <si>
     <t>19.3.2022</t>
   </si>
   <si>
     <t>5.3.2022</t>
   </si>
   <si>
     <t>5.2.2022</t>
   </si>
   <si>
     <t>Lucie Klojdová</t>
   </si>
   <si>
     <t>20.1.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>16.12.2021</t>
   </si>
   <si>
     <t>Kristýna Nováková</t>
   </si>
   <si>
     <t>Radim Růžička</t>
   </si>
   <si>
     <t>20.11.2025</t>
   </si>
   <si>
     <t>6.3.2025</t>
   </si>
   <si>
     <t>20.2.2025</t>
   </si>
   <si>
     <t>6.2.2025</t>
   </si>
   <si>
     <t>30.1.2025</t>
   </si>
   <si>
     <t>7.11.2024</t>
   </si>
@@ -751,51 +751,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="W33" sqref="W33"/>
+      <selection activeCell="X33" sqref="X33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>4</v>
@@ -1298,327 +1298,327 @@
       </c>
       <c r="AF9" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>60</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>61</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>62</v>
       </c>
       <c r="G11" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="H11" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="H11" s="7" t="s">
+      <c r="I11" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="I11" s="7" t="s">
+      <c r="J11" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="J11" s="7" t="s">
+      <c r="K11" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="K11" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L11" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M11" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="M11" s="7" t="s">
+      <c r="N11" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="N11" s="7" t="s">
+      <c r="O11" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="O11" s="7" t="s">
+      <c r="P11" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="P11" s="7" t="s">
+      <c r="Q11" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="Q11" s="7" t="s">
+      <c r="R11" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="R11" s="7" t="s">
+      <c r="S11" s="7" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="T11" s="7" t="s">
         <v>65</v>
       </c>
       <c r="U11" s="7" t="s">
         <v>66</v>
       </c>
       <c r="V11" s="7" t="s">
         <v>67</v>
       </c>
       <c r="W11" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="X11" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="X11" s="7" t="s">
+      <c r="Y11" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="Y11" s="7" t="s">
+      <c r="Z11" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="Z11" s="7" t="s">
+      <c r="AA11" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="AA11" s="7" t="s">
+      <c r="AB11" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="AB11" s="7" t="s">
+      <c r="AC11" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="AC11" s="7" t="s">
+      <c r="AD11" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="AD11" s="7" t="s">
+      <c r="AE11" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="AE11" s="7" t="s">
+      <c r="AF11" s="7" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="4">
+        <v>416</v>
+      </c>
+      <c r="D12" s="4">
         <v>394</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>438</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>433</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>397</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>424</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>394</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>378</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>419</v>
       </c>
-      <c r="K12" s="5">
+      <c r="L12" s="5">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="M12" s="4">
         <v>392</v>
       </c>
       <c r="N12" s="4">
+        <v>392</v>
+      </c>
+      <c r="O12" s="4">
         <v>453</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>411</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>424</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>442</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>440</v>
       </c>
-      <c r="S12" s="5">
+      <c r="T12" s="5">
         <v>475</v>
       </c>
-      <c r="T12" s="5">
+      <c r="U12" s="5">
         <v>499</v>
       </c>
-      <c r="U12" s="5">
+      <c r="V12" s="5">
         <v>518</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>407</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>425</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>407</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>435</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>425</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>440</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>455</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>428</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>402</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="7">
         <v>100</v>
       </c>
       <c r="D13" s="7">
         <v>100</v>
       </c>
       <c r="E13" s="7">
         <v>100</v>
       </c>
       <c r="F13" s="7">
         <v>100</v>
       </c>
       <c r="G13" s="7">
         <v>100</v>
       </c>
       <c r="H13" s="7">
         <v>100</v>
       </c>
       <c r="I13" s="7">
         <v>100</v>
       </c>
       <c r="J13" s="7">
         <v>100</v>
       </c>
-      <c r="K13" s="5">
+      <c r="K13" s="7">
+        <v>100</v>
+      </c>
+      <c r="L13" s="5">
         <v>120</v>
       </c>
-      <c r="L13" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="M13" s="7">
         <v>100</v>
       </c>
       <c r="N13" s="7">
         <v>100</v>
       </c>
       <c r="O13" s="7">
         <v>100</v>
       </c>
       <c r="P13" s="7">
         <v>100</v>
       </c>
       <c r="Q13" s="7">
         <v>100</v>
       </c>
       <c r="R13" s="7">
         <v>100</v>
       </c>
-      <c r="S13" s="5">
-        <v>120</v>
+      <c r="S13" s="7">
+        <v>100</v>
       </c>
       <c r="T13" s="5">
         <v>120</v>
       </c>
       <c r="U13" s="5">
         <v>120</v>
       </c>
-      <c r="V13" s="7">
-        <v>100</v>
+      <c r="V13" s="5">
+        <v>120</v>
       </c>
       <c r="W13" s="7">
         <v>100</v>
       </c>
       <c r="X13" s="7">
         <v>100</v>
       </c>
       <c r="Y13" s="7">
         <v>100</v>
       </c>
       <c r="Z13" s="7">
         <v>100</v>
       </c>
       <c r="AA13" s="7">
         <v>100</v>
       </c>
       <c r="AB13" s="7">
         <v>100</v>
       </c>
       <c r="AC13" s="7">
         <v>100</v>
       </c>
       <c r="AD13" s="7">
         <v>100</v>
       </c>
       <c r="AE13" s="7">
         <v>100</v>
       </c>
-      <c r="AF13" s="5">
-        <v>120</v>
+      <c r="AF13" s="7">
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>33</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>33</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>34</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>35</v>
       </c>
       <c r="H15" s="7" t="s">
         <v>36</v>
       </c>
       <c r="I15" s="7" t="s">
         <v>70</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>71</v>
       </c>
       <c r="K15" s="7" t="s">
         <v>37</v>
       </c>
@@ -1652,60 +1652,60 @@
       <c r="U15" s="7" t="s">
         <v>74</v>
       </c>
       <c r="V15" s="7" t="s">
         <v>9</v>
       </c>
       <c r="W15" s="7" t="s">
         <v>75</v>
       </c>
       <c r="X15" s="7" t="s">
         <v>76</v>
       </c>
       <c r="Y15" s="7" t="s">
         <v>45</v>
       </c>
       <c r="Z15" s="7" t="s">
         <v>77</v>
       </c>
       <c r="AA15" s="7" t="s">
         <v>46</v>
       </c>
       <c r="AB15" s="7" t="s">
         <v>78</v>
       </c>
       <c r="AC15" s="7" t="s">
-        <v>68</v>
+        <v>79</v>
       </c>
       <c r="AD15" s="7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AE15" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AF15" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="4">
         <v>422</v>
       </c>
       <c r="D16" s="4">
         <v>448</v>
       </c>
       <c r="E16" s="4">
         <v>438</v>
       </c>
       <c r="F16" s="4">
         <v>469</v>
       </c>
       <c r="G16" s="4">
         <v>478</v>
       </c>
       <c r="H16" s="4">
         <v>437</v>
       </c>
       <c r="I16" s="5">
@@ -1856,239 +1856,239 @@
       </c>
       <c r="Z17" s="5">
         <v>120</v>
       </c>
       <c r="AA17" s="7">
         <v>100</v>
       </c>
       <c r="AB17" s="5">
         <v>120</v>
       </c>
       <c r="AC17" s="5">
         <v>120</v>
       </c>
       <c r="AD17" s="5">
         <v>120</v>
       </c>
       <c r="AE17" s="5">
         <v>120</v>
       </c>
       <c r="AF17" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>62</v>
       </c>
       <c r="G19" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="H19" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="H19" s="7" t="s">
+      <c r="I19" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="I19" s="7" t="s">
+      <c r="J19" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="J19" s="7" t="s">
+      <c r="K19" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="K19" s="7" t="s">
+      <c r="L19" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="L19" s="7" t="s">
+      <c r="M19" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="M19" s="7" t="s">
+      <c r="N19" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="N19" s="7" t="s">
+      <c r="O19" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="O19" s="7" t="s">
+      <c r="P19" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="P19" s="7" t="s">
+      <c r="Q19" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="Q19" s="7" t="s">
+      <c r="R19" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="R19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S19" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="T19" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="T19" s="7" t="s">
+      <c r="U19" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="U19" s="7" t="s">
+      <c r="V19" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="V19" s="7" t="s">
+      <c r="W19" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="W19" s="7" t="s">
+      <c r="X19" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="X19" s="7" t="s">
+      <c r="Y19" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="Y19" s="7" t="s">
+      <c r="Z19" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="Z19" s="7" t="s">
+      <c r="AA19" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="AA19" s="7" t="s">
+      <c r="AB19" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="AB19" s="7" t="s">
+      <c r="AC19" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="AC19" s="7" t="s">
+      <c r="AD19" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="AD19" s="7" t="s">
+      <c r="AE19" s="7" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="AF19" s="7" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="4">
+        <v>411</v>
+      </c>
+      <c r="D20" s="4">
         <v>401</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>411</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>396</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>410</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>395</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>382</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>376</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>392</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>378</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>334</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>402</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>376</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>414</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>400</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>414</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>376</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>414</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>434</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>399</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>420</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>398</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>389</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>384</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>427</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>364</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>377</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>407</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>386</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C21" s="7">
         <v>100</v>
       </c>
       <c r="D21" s="7">
         <v>100</v>
       </c>
       <c r="E21" s="7">
         <v>100</v>
       </c>
       <c r="F21" s="7">
         <v>100</v>
       </c>
       <c r="G21" s="7">
         <v>100</v>
       </c>
       <c r="H21" s="7">
         <v>100</v>
       </c>
       <c r="I21" s="7">
@@ -2150,185 +2150,194 @@
       </c>
       <c r="AB21" s="7">
         <v>100</v>
       </c>
       <c r="AC21" s="7">
         <v>100</v>
       </c>
       <c r="AD21" s="7">
         <v>100</v>
       </c>
       <c r="AE21" s="7">
         <v>100</v>
       </c>
       <c r="AF21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>61</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>62</v>
       </c>
       <c r="F23" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="G23" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="G23" s="7" t="s">
+      <c r="H23" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="H23" s="7" t="s">
+      <c r="I23" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="I23" s="7" t="s">
+      <c r="J23" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="J23" s="7" t="s">
+      <c r="K23" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="K23" s="7" t="s">
+      <c r="L23" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="L23" s="7" t="s">
+      <c r="M23" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="M23" s="7" t="s">
+      <c r="N23" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="N23" s="7" t="s">
+      <c r="O23" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="O23" s="7" t="s">
+      <c r="P23" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="P23" s="7" t="s">
-        <v>67</v>
+      <c r="Q23" s="7" t="s">
+        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="4">
+        <v>429</v>
+      </c>
+      <c r="D24" s="4">
         <v>409</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>422</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>439</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>405</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>385</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>401</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>366</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>400</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>391</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>439</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>421</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>396</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>389</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>399</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C25" s="7">
         <v>100</v>
       </c>
       <c r="D25" s="7">
         <v>100</v>
       </c>
       <c r="E25" s="7">
         <v>100</v>
       </c>
       <c r="F25" s="7">
         <v>100</v>
       </c>
       <c r="G25" s="7">
         <v>100</v>
       </c>
       <c r="H25" s="7">
         <v>100</v>
       </c>
       <c r="I25" s="7">
         <v>100</v>
       </c>
       <c r="J25" s="7">
         <v>100</v>
       </c>
       <c r="K25" s="7">
         <v>100</v>
       </c>
       <c r="L25" s="7">
         <v>100</v>
       </c>
       <c r="M25" s="7">
         <v>100</v>
       </c>
       <c r="N25" s="7">
         <v>100</v>
       </c>
       <c r="O25" s="7">
         <v>100</v>
       </c>
       <c r="P25" s="7">
         <v>100</v>
       </c>
+      <c r="Q25" s="7">
+        <v>100</v>
+      </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>87</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>30</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>32</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>3</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>88</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>89</v>
@@ -2363,51 +2372,51 @@
       <c r="R27" s="7" t="s">
         <v>97</v>
       </c>
       <c r="S27" s="7" t="s">
         <v>98</v>
       </c>
       <c r="T27" s="7" t="s">
         <v>8</v>
       </c>
       <c r="U27" s="7" t="s">
         <v>73</v>
       </c>
       <c r="V27" s="7" t="s">
         <v>74</v>
       </c>
       <c r="W27" s="7" t="s">
         <v>9</v>
       </c>
       <c r="X27" s="7" t="s">
         <v>75</v>
       </c>
       <c r="Y27" s="7" t="s">
         <v>76</v>
       </c>
       <c r="Z27" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="AA27" s="7" t="s">
         <v>43</v>
       </c>
       <c r="AB27" s="7" t="s">
         <v>44</v>
       </c>
       <c r="AC27" s="7" t="s">
         <v>45</v>
       </c>
       <c r="AD27" s="7" t="s">
         <v>46</v>
       </c>
       <c r="AE27" s="7" t="s">
         <v>47</v>
       </c>
       <c r="AF27" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="4">
@@ -2594,166 +2603,172 @@
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>60</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>61</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>62</v>
       </c>
       <c r="G31" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="H31" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="H31" s="7" t="s">
+      <c r="I31" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="I31" s="7" t="s">
+      <c r="J31" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="J31" s="7" t="s">
+      <c r="K31" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="K31" s="7" t="s">
+      <c r="L31" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="L31" s="7" t="s">
+      <c r="M31" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="M31" s="7" t="s">
+      <c r="N31" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="N31" s="7" t="s">
+      <c r="O31" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="O31" s="7" t="s">
+      <c r="P31" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="P31" s="7" t="s">
+      <c r="Q31" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="Q31" s="7" t="s">
+      <c r="R31" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="R31" s="7" t="s">
+      <c r="S31" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="S31" s="7" t="s">
+      <c r="T31" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="T31" s="7" t="s">
+      <c r="U31" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="U31" s="7" t="s">
+      <c r="V31" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="V31" s="7" t="s">
+      <c r="W31" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="W31" s="7" t="s">
+      <c r="X31" s="7" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="4">
+        <v>409</v>
+      </c>
+      <c r="D32" s="4">
         <v>424</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>443</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>410</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>429</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>422</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>384</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>461</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>430</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>402</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>452</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>437</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>434</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>416</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>392</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>450</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>371</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>412</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>400</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>401</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>384</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>401</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C33" s="7">
         <v>100</v>
       </c>
       <c r="D33" s="7">
         <v>100</v>
       </c>
       <c r="E33" s="7">
         <v>100</v>
       </c>
       <c r="F33" s="7">
         <v>100</v>
       </c>
       <c r="G33" s="7">
         <v>100</v>
       </c>
       <c r="H33" s="7">
         <v>100</v>
       </c>
@@ -2778,50 +2793,53 @@
       <c r="O33" s="7">
         <v>100</v>
       </c>
       <c r="P33" s="7">
         <v>100</v>
       </c>
       <c r="Q33" s="7">
         <v>100</v>
       </c>
       <c r="R33" s="7">
         <v>100</v>
       </c>
       <c r="S33" s="7">
         <v>100</v>
       </c>
       <c r="T33" s="7">
         <v>100</v>
       </c>
       <c r="U33" s="7">
         <v>100</v>
       </c>
       <c r="V33" s="7">
         <v>100</v>
       </c>
       <c r="W33" s="7">
+        <v>100</v>
+      </c>
+      <c r="X33" s="7">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>