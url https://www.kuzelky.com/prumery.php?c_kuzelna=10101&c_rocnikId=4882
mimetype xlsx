--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Výsledky hráčů družstva KK Lokomotiva Tábor D na kuželně Tábor</t>
   </si>
   <si>
     <t>Jana Rižáková</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Radim Mareš</t>
   </si>
   <si>
     <t>13.11.2025</t>
   </si>
   <si>
     <t>20.2.2025</t>
   </si>
   <si>
@@ -110,50 +110,53 @@
   <si>
     <t>15.2.2019</t>
   </si>
   <si>
     <t>26.10.2018</t>
   </si>
   <si>
     <t>Marie Binderová</t>
   </si>
   <si>
     <t>16.12.2021</t>
   </si>
   <si>
     <t>5.12.2019</t>
   </si>
   <si>
     <t>30.11.2018</t>
   </si>
   <si>
     <t>Eva Havránková</t>
   </si>
   <si>
     <t>Monika Havránková</t>
   </si>
   <si>
+    <t>4.12.2025</t>
+  </si>
+  <si>
     <t>6.11.2025</t>
   </si>
   <si>
     <t>23.10.2025</t>
   </si>
   <si>
     <t>9.10.2025</t>
   </si>
   <si>
     <t>6.3.2025</t>
   </si>
   <si>
     <t>13.2.2025</t>
   </si>
   <si>
     <t>6.2.2025</t>
   </si>
   <si>
     <t>9.1.2025</t>
   </si>
   <si>
     <t>7.11.2024</t>
   </si>
   <si>
     <t>31.10.2024</t>
@@ -173,135 +176,135 @@
   <si>
     <t>1.2.2024</t>
   </si>
   <si>
     <t>7.12.2023</t>
   </si>
   <si>
     <t>30.11.2023</t>
   </si>
   <si>
     <t>16.11.2023</t>
   </si>
   <si>
     <t>2.11.2023</t>
   </si>
   <si>
     <t>16.3.2023</t>
   </si>
   <si>
     <t>27.2.2023</t>
   </si>
   <si>
     <t>23.2.2023</t>
   </si>
   <si>
+    <t>Václav Cízler</t>
+  </si>
+  <si>
+    <t>Irena Dlouhá</t>
+  </si>
+  <si>
+    <t>27.1.2022</t>
+  </si>
+  <si>
+    <t>25.11.2021</t>
+  </si>
+  <si>
+    <t>21.10.2021</t>
+  </si>
+  <si>
+    <t>14.10.2021</t>
+  </si>
+  <si>
+    <t>Stanislava Škivrová</t>
+  </si>
+  <si>
+    <t>Natálie Lojdová</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
+    <t>21.11.2025</t>
+  </si>
+  <si>
+    <t>7.11.2025</t>
+  </si>
+  <si>
+    <t>11.4.2025</t>
+  </si>
+  <si>
+    <t>17.1.2025</t>
+  </si>
+  <si>
+    <t>29.11.2024</t>
+  </si>
+  <si>
+    <t>15.11.2024</t>
+  </si>
+  <si>
+    <t>18.10.2024</t>
+  </si>
+  <si>
+    <t>20.9.2024</t>
+  </si>
+  <si>
+    <t>13.1.2022</t>
+  </si>
+  <si>
+    <t>6.1.2022</t>
+  </si>
+  <si>
+    <t>27.9.2020</t>
+  </si>
+  <si>
+    <t>6.9.2020</t>
+  </si>
+  <si>
+    <t>16.2.2020</t>
+  </si>
+  <si>
+    <t>10.11.2019</t>
+  </si>
+  <si>
+    <t>13.10.2019</t>
+  </si>
+  <si>
+    <t>22.9.2019</t>
+  </si>
+  <si>
+    <t>Pavla Krejčová</t>
+  </si>
+  <si>
+    <t>14.3.2024</t>
+  </si>
+  <si>
+    <t>16.2.2023</t>
+  </si>
+  <si>
     <t>26.1.2023</t>
-  </si>
-[...82 lines deleted...]
-    <t>16.2.2023</t>
   </si>
   <si>
     <t>12.1.2023</t>
   </si>
   <si>
     <t>5.1.2023</t>
   </si>
   <si>
     <t>1.12.2022</t>
   </si>
   <si>
     <t>24.11.2022</t>
   </si>
   <si>
     <t>3.11.2022</t>
   </si>
   <si>
     <t>13.10.2022</t>
   </si>
   <si>
     <t>6.10.2022</t>
   </si>
   <si>
     <t>17.3.2022</t>
   </si>
@@ -1067,233 +1070,233 @@
         <v>377</v>
       </c>
       <c r="D16" s="4">
         <v>374</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" s="6" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>35</v>
       </c>
       <c r="H19" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="I19" s="6" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>37</v>
       </c>
       <c r="K19" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L19" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="L19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M19" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="N19" s="6" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="P19" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q19" s="6" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>42</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>45</v>
       </c>
       <c r="V19" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="W19" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="W19" s="6" t="s">
+      <c r="X19" s="6" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>48</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>49</v>
       </c>
       <c r="AB19" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="AC19" s="6" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>51</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C20" s="4">
+        <v>404</v>
+      </c>
+      <c r="D20" s="4">
         <v>386</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>416</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>383</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>418</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>409</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>432</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>416</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>432</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>427</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>431</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>446</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>391</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>472</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>429</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>423</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>387</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>399</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>465</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>401</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>413</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>395</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>401</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>380</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>420</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>375</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>423</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>380</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>433</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
@@ -1808,129 +1811,129 @@
       </c>
       <c r="U37" s="6">
         <v>100</v>
       </c>
       <c r="V37" s="6">
         <v>100</v>
       </c>
       <c r="W37" s="6">
         <v>100</v>
       </c>
       <c r="X37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>11</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>13</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>81</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>53</v>
+        <v>82</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>56</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>72</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>57</v>
       </c>
       <c r="AF39" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C40" s="4">
         <v>327</v>
       </c>
       <c r="D40" s="4">
         <v>331</v>
       </c>
       <c r="E40" s="4">
         <v>321</v>
       </c>
       <c r="F40" s="4">
         <v>327</v>
       </c>
       <c r="G40" s="4">
@@ -2087,120 +2090,120 @@
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>11</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>13</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>81</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>53</v>
+        <v>82</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="V43" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>14</v>
       </c>
       <c r="X43" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>18</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>20</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>21</v>
       </c>
       <c r="AB43" s="6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C44" s="4">
         <v>332</v>
       </c>
       <c r="D44" s="4">
         <v>351</v>
       </c>
       <c r="E44" s="4">
@@ -2339,239 +2342,239 @@
       </c>
       <c r="V45" s="6">
         <v>100</v>
       </c>
       <c r="W45" s="6">
         <v>100</v>
       </c>
       <c r="X45" s="6">
         <v>100</v>
       </c>
       <c r="Y45" s="6">
         <v>100</v>
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
       <c r="D47" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="E47" s="6" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>33</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>34</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>35</v>
       </c>
       <c r="I47" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="J47" s="6" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>37</v>
       </c>
       <c r="L47" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="M47" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="M47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N47" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="O47" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="O47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P47" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q47" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="Q47" s="6" t="s">
+      <c r="R47" s="6" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>43</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>44</v>
       </c>
       <c r="U47" s="6" t="s">
         <v>45</v>
       </c>
       <c r="V47" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="W47" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="W47" s="6" t="s">
+      <c r="X47" s="6" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="Y47" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Z47" s="6" t="s">
         <v>48</v>
       </c>
       <c r="AA47" s="6" t="s">
         <v>49</v>
       </c>
       <c r="AB47" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="AC47" s="6" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="AD47" s="6" t="s">
         <v>51</v>
       </c>
       <c r="AE47" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AF47" s="6" t="s">
-        <v>81</v>
+        <v>53</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C48" s="4">
+        <v>393</v>
+      </c>
+      <c r="D48" s="4">
         <v>385</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>384</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>399</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>369</v>
       </c>
-      <c r="G48" s="4">
+      <c r="H48" s="4">
         <v>393</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>345</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>385</v>
       </c>
-      <c r="J48" s="4">
+      <c r="K48" s="4">
         <v>412</v>
       </c>
-      <c r="K48" s="4">
+      <c r="L48" s="4">
         <v>405</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>374</v>
       </c>
-      <c r="M48" s="4">
+      <c r="N48" s="4">
         <v>345</v>
       </c>
-      <c r="N48" s="4">
+      <c r="O48" s="4">
         <v>409</v>
       </c>
-      <c r="O48" s="4">
+      <c r="P48" s="4">
         <v>411</v>
       </c>
-      <c r="P48" s="4">
+      <c r="Q48" s="4">
         <v>352</v>
       </c>
-      <c r="Q48" s="4">
+      <c r="R48" s="4">
         <v>403</v>
       </c>
-      <c r="R48" s="4">
+      <c r="S48" s="4">
         <v>379</v>
       </c>
-      <c r="S48" s="4">
+      <c r="T48" s="4">
         <v>349</v>
       </c>
-      <c r="T48" s="4">
+      <c r="U48" s="4">
         <v>356</v>
       </c>
-      <c r="U48" s="4">
+      <c r="V48" s="4">
         <v>360</v>
       </c>
-      <c r="V48" s="4">
+      <c r="W48" s="4">
         <v>371</v>
       </c>
-      <c r="W48" s="4">
+      <c r="X48" s="4">
         <v>414</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Y48" s="4">
         <v>373</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="Z48" s="4">
         <v>377</v>
       </c>
-      <c r="Z48" s="4">
+      <c r="AA48" s="4">
         <v>360</v>
       </c>
-      <c r="AA48" s="4">
+      <c r="AB48" s="4">
         <v>346</v>
       </c>
-      <c r="AB48" s="4">
+      <c r="AC48" s="4">
         <v>344</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AD48" s="4">
         <v>341</v>
       </c>
-      <c r="AD48" s="4">
+      <c r="AE48" s="4">
         <v>379</v>
       </c>
-      <c r="AE48" s="4">
+      <c r="AF48" s="4">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
       <c r="I49" s="6">