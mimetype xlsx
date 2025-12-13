--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
   <si>
     <t>Výsledky hráčů družstva KK Lokomotiva Tábor C na kuželně Tábor</t>
   </si>
   <si>
     <t>Miroslav Fencl</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Josef Macháček</t>
   </si>
   <si>
     <t>23.10.2025</t>
   </si>
   <si>
     <t>9.10.2025</t>
   </si>
   <si>
@@ -125,114 +125,117 @@
   <si>
     <t>3.11.2022</t>
   </si>
   <si>
     <t>13.10.2022</t>
   </si>
   <si>
     <t>6.10.2022</t>
   </si>
   <si>
     <t>24.3.2022</t>
   </si>
   <si>
     <t>17.3.2022</t>
   </si>
   <si>
     <t>3.3.2022</t>
   </si>
   <si>
     <t>17.2.2022</t>
   </si>
   <si>
     <t>Zdeněk Samec</t>
   </si>
   <si>
+    <t>4.12.2025</t>
+  </si>
+  <si>
     <t>27.11.2025</t>
   </si>
   <si>
     <t>6.11.2025</t>
   </si>
   <si>
     <t>20.2.2025</t>
   </si>
   <si>
     <t>6.2.2025</t>
   </si>
   <si>
     <t>9.1.2025</t>
   </si>
   <si>
     <t>28.11.2024</t>
   </si>
   <si>
     <t>7.11.2024</t>
   </si>
   <si>
     <t>15.2.2024</t>
   </si>
   <si>
     <t>8.2.2024</t>
   </si>
   <si>
     <t>27.1.2022</t>
   </si>
   <si>
     <t>9.12.2021</t>
   </si>
   <si>
     <t>25.11.2021</t>
   </si>
   <si>
     <t>21.10.2021</t>
   </si>
   <si>
     <t>7.10.2021</t>
   </si>
   <si>
+    <t>Zdeněk Vít</t>
+  </si>
+  <si>
+    <t>29.2.2024</t>
+  </si>
+  <si>
+    <t>16.11.2023</t>
+  </si>
+  <si>
+    <t>2.11.2023</t>
+  </si>
+  <si>
+    <t>13.1.2022</t>
+  </si>
+  <si>
+    <t>16.12.2021</t>
+  </si>
+  <si>
+    <t>14.10.2021</t>
+  </si>
+  <si>
     <t>12.3.2020</t>
-  </si>
-[...19 lines deleted...]
-    <t>14.10.2021</t>
   </si>
   <si>
     <t>5.3.2020</t>
   </si>
   <si>
     <t>16.1.2020</t>
   </si>
   <si>
     <t>5.12.2019</t>
   </si>
   <si>
     <t>28.11.2019</t>
   </si>
   <si>
     <t>14.11.2019</t>
   </si>
   <si>
     <t>7.11.2019</t>
   </si>
   <si>
     <t>17.10.2019</t>
   </si>
   <si>
     <t>10.10.2019</t>
   </si>
@@ -1223,227 +1226,227 @@
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F11" s="6" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="H11" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="I11" s="6" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="K11" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="L11" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M11" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="N11" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N11" s="6" t="s">
+      <c r="O11" s="6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q11" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="R11" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="R11" s="6" t="s">
+      <c r="S11" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="S11" s="6" t="s">
+      <c r="T11" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="T11" s="6" t="s">
+      <c r="U11" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="U11" s="6" t="s">
+      <c r="V11" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="V11" s="6" t="s">
+      <c r="W11" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="W11" s="6" t="s">
+      <c r="X11" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="X11" s="6" t="s">
+      <c r="Y11" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="Y11" s="6" t="s">
+      <c r="Z11" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="Z11" s="6" t="s">
+      <c r="AA11" s="6" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="AB11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="AC11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="AD11" s="6" t="s">
         <v>49</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>50</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="4">
+        <v>467</v>
+      </c>
+      <c r="D12" s="4">
         <v>423</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>426</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>410</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="H12" s="4">
         <v>388</v>
       </c>
       <c r="I12" s="4">
+        <v>388</v>
+      </c>
+      <c r="J12" s="4">
         <v>374</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>448</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>420</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>379</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>446</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>437</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>448</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>422</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>442</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>434</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>452</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>423</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>471</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>463</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>444</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>470</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>481</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>460</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>415</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>486</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>442</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>443</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
@@ -1505,202 +1508,208 @@
       </c>
       <c r="AB13" s="6">
         <v>100</v>
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="D15" s="6" t="s">
+      <c r="E15" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="E15" s="6" t="s">
+      <c r="F15" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="F15" s="6" t="s">
+      <c r="G15" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="G15" s="6" t="s">
+      <c r="H15" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="H15" s="6" t="s">
+      <c r="I15" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="I15" s="6" t="s">
+      <c r="J15" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="J15" s="6" t="s">
+      <c r="K15" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="K15" s="6" t="s">
+      <c r="L15" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L15" s="6" t="s">
+      <c r="M15" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="M15" s="6" t="s">
+      <c r="N15" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="N15" s="6" t="s">
+      <c r="O15" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="O15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P15" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q15" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="Q15" s="6" t="s">
+      <c r="R15" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="R15" s="6" t="s">
+      <c r="S15" s="6" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>59</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>60</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>61</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>62</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>63</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>64</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>65</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>66</v>
+      </c>
+      <c r="AB15" s="6" t="s">
+        <v>67</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C16" s="4">
+        <v>388</v>
+      </c>
+      <c r="D16" s="4">
         <v>332</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>375</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>358</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>363</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>386</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>391</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>380</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>377</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>378</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>384</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>419</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>379</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>305</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>359</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>377</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>324</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>406</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>178</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>377</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>320</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>372</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>399</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>387</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>394</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>383</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
@@ -1739,87 +1748,90 @@
       </c>
       <c r="T17" s="6">
         <v>100</v>
       </c>
       <c r="U17" s="6">
         <v>100</v>
       </c>
       <c r="V17" s="6">
         <v>100</v>
       </c>
       <c r="W17" s="6">
         <v>100</v>
       </c>
       <c r="X17" s="6">
         <v>100</v>
       </c>
       <c r="Y17" s="6">
         <v>100</v>
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
+      <c r="AB17" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C20" s="4">
         <v>390</v>
       </c>
       <c r="D20" s="4">
         <v>372</v>
       </c>
       <c r="E20" s="4">
         <v>382</v>
       </c>
       <c r="F20" s="4">
         <v>388</v>
       </c>
       <c r="G20" s="4">
         <v>390</v>
       </c>
       <c r="H20" s="4">
         <v>413</v>
       </c>
       <c r="I20" s="4">
@@ -1850,162 +1862,162 @@
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
         <v>100</v>
       </c>
       <c r="J21" s="6">
         <v>100</v>
       </c>
       <c r="K21" s="6">
         <v>100</v>
       </c>
       <c r="L21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="W27" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="7">
         <v>554</v>
       </c>
       <c r="D28" s="7">
         <v>529</v>
       </c>
       <c r="E28" s="7">
         <v>579</v>
       </c>
       <c r="F28" s="7">
         <v>551</v>
       </c>
       <c r="G28" s="7">
         <v>568</v>
       </c>
       <c r="H28" s="7">
         <v>554</v>
       </c>
       <c r="I28" s="7">
@@ -2156,195 +2168,195 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="7">
         <v>120</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C32" s="4">
         <v>389</v>
       </c>
       <c r="D32" s="4">
         <v>391</v>
       </c>
       <c r="E32" s="4">
         <v>397</v>
       </c>
       <c r="F32" s="4">
         <v>390</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C36" s="4">
         <v>400</v>
       </c>
       <c r="D36" s="4">
         <v>445</v>
       </c>
       <c r="E36" s="7">
         <v>536</v>
       </c>
       <c r="F36" s="7">
         <v>503</v>
       </c>
       <c r="G36" s="7">
         <v>529</v>
       </c>
       <c r="H36" s="4">
         <v>480</v>
       </c>
       <c r="I36" s="4">
@@ -2489,120 +2501,120 @@
       </c>
       <c r="Y37" s="6">
         <v>100</v>
       </c>
       <c r="Z37" s="7">
         <v>120</v>
       </c>
       <c r="AA37" s="7">
         <v>120</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C40" s="4">
         <v>436</v>
       </c>
       <c r="D40" s="4">
         <v>425</v>
       </c>
       <c r="E40" s="4">
         <v>364</v>
       </c>
       <c r="F40" s="4">
         <v>439</v>
       </c>
       <c r="G40" s="7">
         <v>511</v>
       </c>
       <c r="H40" s="4">
         <v>335</v>
       </c>
       <c r="I40" s="4">
@@ -2705,144 +2717,144 @@
       </c>
       <c r="R41" s="6">
         <v>100</v>
       </c>
       <c r="S41" s="6">
         <v>100</v>
       </c>
       <c r="T41" s="6">
         <v>100</v>
       </c>
       <c r="U41" s="7">
         <v>120</v>
       </c>
       <c r="V41" s="6">
         <v>100</v>
       </c>
       <c r="W41" s="6">
         <v>100</v>
       </c>
       <c r="X41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="V43" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="W43" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="X43" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="Y43" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="Z43" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="AA43" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="AB43" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="AC43" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="AD43" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AE43" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="AF43" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C44" s="4">
         <v>473</v>
       </c>
       <c r="D44" s="4">
         <v>457</v>
       </c>
       <c r="E44" s="4">
         <v>449</v>
       </c>
       <c r="F44" s="4">
         <v>426</v>
       </c>
       <c r="G44" s="4">
         <v>415</v>
       </c>
       <c r="H44" s="4">
         <v>459</v>
       </c>
       <c r="I44" s="4">