--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>Výsledky hráčů družstva TJ Lokomotiva České Velenice  na kuželně České Velenice</t>
   </si>
   <si>
     <t>Vladimír Kupka</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>4.3.2022</t>
   </si>
   <si>
     <t>20.4.2013</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Roman Osovský</t>
   </si>
   <si>
@@ -222,50 +222,53 @@
     <t>26.3.2022</t>
   </si>
   <si>
     <t>26.2.2022</t>
   </si>
   <si>
     <t>12.2.2022</t>
   </si>
   <si>
     <t>22.1.2022</t>
   </si>
   <si>
     <t>15.1.2022</t>
   </si>
   <si>
     <t>20.11.2021</t>
   </si>
   <si>
     <t>6.11.2021</t>
   </si>
   <si>
     <t>2.10.2021</t>
   </si>
   <si>
     <t>Zdeněk ml. Dvořák</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
   <si>
     <t>2.11.2024</t>
   </si>
@@ -1529,221 +1532,221 @@
       </c>
       <c r="AF13" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>70</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>71</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>72</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>73</v>
       </c>
       <c r="G15" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="H15" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="H15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I15" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="J15" s="6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>77</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>78</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>79</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>80</v>
       </c>
       <c r="P15" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q15" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="Q15" s="6" t="s">
+      <c r="R15" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="R15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S15" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="T15" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="T15" s="6" t="s">
+      <c r="U15" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="U15" s="6" t="s">
+      <c r="V15" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="V15" s="6" t="s">
+      <c r="W15" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="W15" s="6" t="s">
+      <c r="X15" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="X15" s="6" t="s">
+      <c r="Y15" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="Y15" s="6" t="s">
+      <c r="Z15" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="Z15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA15" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="AB15" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="AB15" s="6" t="s">
+      <c r="AC15" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="AC15" s="6" t="s">
+      <c r="AD15" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="AD15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE15" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="AF15" s="6" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="7">
+        <v>608</v>
+      </c>
+      <c r="D16" s="7">
         <v>582</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>620</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>578</v>
       </c>
-      <c r="F16" s="7">
+      <c r="G16" s="7">
         <v>598</v>
       </c>
-      <c r="G16" s="7">
+      <c r="H16" s="7">
         <v>619</v>
       </c>
-      <c r="H16" s="7">
+      <c r="I16" s="7">
         <v>556</v>
       </c>
-      <c r="I16" s="7">
+      <c r="J16" s="7">
         <v>570</v>
       </c>
-      <c r="J16" s="7">
+      <c r="K16" s="7">
         <v>630</v>
       </c>
-      <c r="K16" s="7">
+      <c r="L16" s="7">
         <v>519</v>
       </c>
-      <c r="L16" s="7">
+      <c r="M16" s="7">
         <v>604</v>
       </c>
-      <c r="M16" s="7">
+      <c r="N16" s="7">
         <v>592</v>
       </c>
-      <c r="N16" s="7">
+      <c r="O16" s="7">
         <v>598</v>
       </c>
-      <c r="O16" s="7">
+      <c r="P16" s="7">
         <v>600</v>
       </c>
-      <c r="P16" s="7">
+      <c r="Q16" s="7">
         <v>603</v>
       </c>
-      <c r="Q16" s="7">
+      <c r="R16" s="7">
         <v>538</v>
       </c>
-      <c r="R16" s="7">
+      <c r="S16" s="7">
         <v>555</v>
       </c>
-      <c r="S16" s="7">
+      <c r="T16" s="7">
         <v>603</v>
       </c>
-      <c r="T16" s="7">
+      <c r="U16" s="7">
         <v>577</v>
       </c>
-      <c r="U16" s="7">
+      <c r="V16" s="7">
         <v>603</v>
       </c>
-      <c r="V16" s="7">
+      <c r="W16" s="7">
         <v>559</v>
       </c>
-      <c r="W16" s="7">
+      <c r="X16" s="7">
         <v>588</v>
       </c>
-      <c r="X16" s="7">
+      <c r="Y16" s="7">
         <v>596</v>
       </c>
-      <c r="Y16" s="7">
+      <c r="Z16" s="7">
         <v>608</v>
       </c>
-      <c r="Z16" s="7">
+      <c r="AA16" s="7">
         <v>583</v>
       </c>
-      <c r="AA16" s="7">
+      <c r="AB16" s="7">
         <v>605</v>
       </c>
-      <c r="AB16" s="7">
+      <c r="AC16" s="7">
         <v>603</v>
       </c>
-      <c r="AC16" s="7">
+      <c r="AD16" s="7">
         <v>581</v>
       </c>
-      <c r="AD16" s="7">
+      <c r="AE16" s="7">
         <v>583</v>
       </c>
-      <c r="AE16" s="7">
+      <c r="AF16" s="7">
         <v>590</v>
-      </c>
-[...1 lines deleted...]
-        <v>606</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C17" s="7">
         <v>120</v>
       </c>
       <c r="D17" s="7">
         <v>120</v>
       </c>
       <c r="E17" s="7">
         <v>120</v>
       </c>
       <c r="F17" s="7">
         <v>120</v>
       </c>
       <c r="G17" s="7">
         <v>120</v>
       </c>
       <c r="H17" s="7">
         <v>120</v>
       </c>
       <c r="I17" s="7">
@@ -1799,239 +1802,239 @@
       </c>
       <c r="Z17" s="7">
         <v>120</v>
       </c>
       <c r="AA17" s="7">
         <v>120</v>
       </c>
       <c r="AB17" s="7">
         <v>120</v>
       </c>
       <c r="AC17" s="7">
         <v>120</v>
       </c>
       <c r="AD17" s="7">
         <v>120</v>
       </c>
       <c r="AE17" s="7">
         <v>120</v>
       </c>
       <c r="AF17" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>85</v>
+        <v>72</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>87</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>74</v>
       </c>
       <c r="J19" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="K19" s="6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>76</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>77</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>78</v>
       </c>
       <c r="O19" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="P19" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="P19" s="6" t="s">
+      <c r="Q19" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="Q19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R19" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="S19" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="S19" s="6" t="s">
+      <c r="T19" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="T19" s="6" t="s">
+      <c r="U19" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="U19" s="6" t="s">
+      <c r="V19" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="V19" s="6" t="s">
+      <c r="W19" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="W19" s="6" t="s">
+      <c r="X19" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="X19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y19" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="Z19" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="Z19" s="6" t="s">
+      <c r="AA19" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="AA19" s="6" t="s">
+      <c r="AB19" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="AB19" s="6" t="s">
+      <c r="AC19" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="AC19" s="6" t="s">
+      <c r="AD19" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="AD19" s="6" t="s">
+      <c r="AE19" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="AE19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF19" s="6" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="7">
+        <v>534</v>
+      </c>
+      <c r="D20" s="7">
         <v>533</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>543</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>560</v>
       </c>
-      <c r="F20" s="7">
+      <c r="G20" s="7">
         <v>570</v>
       </c>
-      <c r="G20" s="7">
+      <c r="H20" s="7">
         <v>596</v>
       </c>
-      <c r="H20" s="7">
+      <c r="I20" s="7">
         <v>569</v>
       </c>
-      <c r="I20" s="7">
+      <c r="J20" s="7">
         <v>575</v>
       </c>
-      <c r="J20" s="7">
+      <c r="K20" s="7">
         <v>583</v>
       </c>
-      <c r="K20" s="7">
+      <c r="L20" s="7">
         <v>553</v>
       </c>
-      <c r="L20" s="7">
+      <c r="M20" s="7">
         <v>573</v>
       </c>
-      <c r="M20" s="7">
+      <c r="N20" s="7">
         <v>528</v>
       </c>
-      <c r="N20" s="7">
+      <c r="O20" s="7">
         <v>535</v>
       </c>
-      <c r="O20" s="7">
+      <c r="P20" s="7">
         <v>523</v>
       </c>
-      <c r="P20" s="7">
+      <c r="Q20" s="7">
         <v>619</v>
       </c>
-      <c r="Q20" s="7">
+      <c r="R20" s="7">
         <v>560</v>
       </c>
-      <c r="R20" s="7">
+      <c r="S20" s="7">
         <v>564</v>
       </c>
-      <c r="S20" s="7">
+      <c r="T20" s="7">
         <v>581</v>
       </c>
-      <c r="T20" s="7">
+      <c r="U20" s="7">
         <v>607</v>
       </c>
-      <c r="U20" s="7">
+      <c r="V20" s="7">
         <v>571</v>
       </c>
-      <c r="V20" s="7">
+      <c r="W20" s="7">
         <v>594</v>
       </c>
-      <c r="W20" s="7">
+      <c r="X20" s="7">
         <v>571</v>
       </c>
-      <c r="X20" s="7">
+      <c r="Y20" s="7">
         <v>578</v>
       </c>
-      <c r="Y20" s="7">
+      <c r="Z20" s="7">
         <v>561</v>
       </c>
-      <c r="Z20" s="7">
+      <c r="AA20" s="7">
         <v>613</v>
       </c>
-      <c r="AA20" s="7">
+      <c r="AB20" s="7">
         <v>611</v>
       </c>
-      <c r="AB20" s="7">
+      <c r="AC20" s="7">
         <v>563</v>
       </c>
-      <c r="AC20" s="7">
+      <c r="AD20" s="7">
         <v>567</v>
       </c>
-      <c r="AD20" s="7">
+      <c r="AE20" s="7">
         <v>572</v>
       </c>
-      <c r="AE20" s="7">
+      <c r="AF20" s="7">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C21" s="7">
         <v>120</v>
       </c>
       <c r="D21" s="7">
         <v>120</v>
       </c>
       <c r="E21" s="7">
         <v>120</v>
       </c>
       <c r="F21" s="7">
         <v>120</v>
       </c>
       <c r="G21" s="7">
         <v>120</v>
       </c>
       <c r="H21" s="7">
         <v>120</v>
       </c>
       <c r="I21" s="7">
@@ -2087,126 +2090,126 @@
       </c>
       <c r="Z21" s="7">
         <v>120</v>
       </c>
       <c r="AA21" s="7">
         <v>120</v>
       </c>
       <c r="AB21" s="7">
         <v>120</v>
       </c>
       <c r="AC21" s="7">
         <v>120</v>
       </c>
       <c r="AD21" s="7">
         <v>120</v>
       </c>
       <c r="AE21" s="7">
         <v>120</v>
       </c>
       <c r="AF21" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="Z23" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="7">
         <v>524</v>
       </c>
       <c r="D24" s="7">
         <v>549</v>
       </c>
       <c r="E24" s="7">
         <v>530</v>
       </c>
       <c r="F24" s="7">
         <v>545</v>
       </c>
       <c r="G24" s="7">
         <v>559</v>
       </c>
       <c r="H24" s="7">
         <v>550</v>
       </c>
       <c r="I24" s="7">
@@ -2321,144 +2324,144 @@
       </c>
       <c r="T25" s="7">
         <v>120</v>
       </c>
       <c r="U25" s="7">
         <v>120</v>
       </c>
       <c r="V25" s="7">
         <v>120</v>
       </c>
       <c r="W25" s="7">
         <v>120</v>
       </c>
       <c r="X25" s="7">
         <v>120</v>
       </c>
       <c r="Y25" s="7">
         <v>120</v>
       </c>
       <c r="Z25" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>46</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>47</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>48</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>50</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>51</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>52</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>53</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>55</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>56</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>59</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>60</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>61</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>62</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>64</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>65</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>67</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>68</v>
       </c>
       <c r="AA27" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="7">
         <v>551</v>
       </c>
       <c r="D28" s="7">
         <v>572</v>
       </c>
       <c r="E28" s="7">
         <v>551</v>
       </c>
       <c r="F28" s="7">
         <v>582</v>
       </c>
       <c r="G28" s="7">
         <v>573</v>
       </c>
       <c r="H28" s="7">
         <v>538</v>
       </c>
       <c r="I28" s="7">
@@ -2609,239 +2612,239 @@
       </c>
       <c r="Z29" s="7">
         <v>120</v>
       </c>
       <c r="AA29" s="7">
         <v>120</v>
       </c>
       <c r="AB29" s="7">
         <v>120</v>
       </c>
       <c r="AC29" s="7">
         <v>120</v>
       </c>
       <c r="AD29" s="7">
         <v>120</v>
       </c>
       <c r="AE29" s="7">
         <v>120</v>
       </c>
       <c r="AF29" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>70</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>87</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="H31" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="I31" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="I31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="K31" s="6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>76</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>77</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>78</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>79</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>80</v>
       </c>
       <c r="Q31" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="R31" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="R31" s="6" t="s">
+      <c r="S31" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="S31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T31" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="U31" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="Z31" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="AA31" s="6" t="s">
+      <c r="AB31" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AC31" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="AD31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE31" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="AF31" s="6" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="7">
+        <v>612</v>
+      </c>
+      <c r="D32" s="7">
         <v>615</v>
       </c>
-      <c r="D32" s="7">
+      <c r="E32" s="7">
         <v>642</v>
       </c>
-      <c r="E32" s="7">
+      <c r="F32" s="7">
         <v>578</v>
       </c>
-      <c r="F32" s="7">
+      <c r="G32" s="7">
         <v>610</v>
       </c>
-      <c r="G32" s="7">
+      <c r="H32" s="7">
         <v>611</v>
       </c>
-      <c r="H32" s="7">
+      <c r="I32" s="7">
         <v>593</v>
       </c>
-      <c r="I32" s="7">
+      <c r="J32" s="7">
         <v>628</v>
       </c>
-      <c r="J32" s="7">
+      <c r="K32" s="7">
         <v>579</v>
       </c>
-      <c r="K32" s="7">
+      <c r="L32" s="7">
         <v>613</v>
       </c>
-      <c r="L32" s="7">
+      <c r="M32" s="7">
         <v>622</v>
       </c>
-      <c r="M32" s="7">
+      <c r="N32" s="7">
         <v>599</v>
       </c>
-      <c r="N32" s="7">
+      <c r="O32" s="7">
         <v>578</v>
       </c>
-      <c r="O32" s="7">
+      <c r="P32" s="7">
         <v>626</v>
       </c>
-      <c r="P32" s="7">
+      <c r="Q32" s="7">
         <v>614</v>
       </c>
-      <c r="Q32" s="7">
+      <c r="R32" s="7">
         <v>557</v>
       </c>
-      <c r="R32" s="7">
+      <c r="S32" s="7">
         <v>591</v>
       </c>
-      <c r="S32" s="7">
+      <c r="T32" s="7">
         <v>614</v>
       </c>
-      <c r="T32" s="7">
+      <c r="U32" s="7">
         <v>627</v>
       </c>
-      <c r="U32" s="7">
+      <c r="V32" s="7">
         <v>563</v>
       </c>
-      <c r="V32" s="7">
+      <c r="W32" s="7">
         <v>633</v>
       </c>
-      <c r="W32" s="7">
+      <c r="X32" s="7">
         <v>598</v>
       </c>
-      <c r="X32" s="7">
+      <c r="Y32" s="7">
         <v>606</v>
       </c>
-      <c r="Y32" s="7">
+      <c r="Z32" s="7">
         <v>560</v>
       </c>
-      <c r="Z32" s="7">
+      <c r="AA32" s="7">
         <v>601</v>
       </c>
-      <c r="AA32" s="7">
+      <c r="AB32" s="7">
         <v>558</v>
       </c>
-      <c r="AB32" s="7">
+      <c r="AC32" s="7">
         <v>572</v>
       </c>
-      <c r="AC32" s="7">
+      <c r="AD32" s="7">
         <v>624</v>
       </c>
-      <c r="AD32" s="7">
+      <c r="AE32" s="7">
         <v>602</v>
       </c>
-      <c r="AE32" s="7">
+      <c r="AF32" s="7">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C33" s="7">
         <v>120</v>
       </c>
       <c r="D33" s="7">
         <v>120</v>
       </c>
       <c r="E33" s="7">
         <v>120</v>
       </c>
       <c r="F33" s="7">
         <v>120</v>
       </c>
       <c r="G33" s="7">
         <v>120</v>
       </c>
       <c r="H33" s="7">
         <v>120</v>
       </c>
       <c r="I33" s="7">
@@ -2897,150 +2900,150 @@
       </c>
       <c r="Z33" s="7">
         <v>120</v>
       </c>
       <c r="AA33" s="7">
         <v>120</v>
       </c>
       <c r="AB33" s="7">
         <v>120</v>
       </c>
       <c r="AC33" s="7">
         <v>120</v>
       </c>
       <c r="AD33" s="7">
         <v>120</v>
       </c>
       <c r="AE33" s="7">
         <v>120</v>
       </c>
       <c r="AF33" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C36" s="7">
         <v>491</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C37" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>20</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>3</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>21</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>22</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>23</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>24</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>28</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>33</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>34</v>
       </c>
       <c r="AD39" s="6" t="s">
         <v>35</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>36</v>
       </c>
       <c r="AF39" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
@@ -3212,144 +3215,144 @@
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>8</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>11</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>16</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>17</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>18</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>20</v>
       </c>
       <c r="V43" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>21</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>22</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Z43" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="AA43" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AB43" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AC43" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AF43" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C44" s="7">
         <v>560</v>
       </c>
       <c r="D44" s="7">
         <v>548</v>
       </c>
       <c r="E44" s="7">
         <v>607</v>
       </c>
       <c r="F44" s="7">
         <v>559</v>
       </c>
       <c r="G44" s="4">
         <v>455</v>
       </c>
       <c r="H44" s="4">
         <v>450</v>
       </c>
       <c r="I44" s="4">
@@ -3500,126 +3503,126 @@
       </c>
       <c r="Z45" s="7">
         <v>120</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I47" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="K47" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="M47" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="N47" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>41</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Q47" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>43</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>44</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>47</v>
       </c>
       <c r="U47" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V47" s="6" t="s">
         <v>49</v>
       </c>
       <c r="W47" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X47" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Y47" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Z47" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AA47" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AB47" s="6" t="s">
         <v>54</v>
       </c>
       <c r="AC47" s="6" t="s">
         <v>56</v>
       </c>
       <c r="AD47" s="6" t="s">
         <v>57</v>
       </c>
       <c r="AE47" s="6" t="s">
         <v>58</v>
       </c>
       <c r="AF47" s="6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C48" s="7">