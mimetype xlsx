--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -224,78 +224,78 @@
   <si>
     <t>Bohumil Maroušek</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>2.10.2021</t>
   </si>
   <si>
     <t>2.2.2019</t>
   </si>
   <si>
     <t>Jiří Baldík</t>
   </si>
   <si>
     <t>Jiří Novotný</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>19.10.2024</t>
   </si>
   <si>
     <t>5.10.2024</t>
   </si>
   <si>
     <t>28.9.2024</t>
   </si>
   <si>
     <t>9.3.2024</t>
   </si>
   <si>
     <t>18.11.2023</t>
   </si>
   <si>
     <t>27.11.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>26.11.2022</t>
   </si>
   <si>
     <t>David Holý</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
   <si>
     <t>2.11.2024</t>
   </si>
   <si>
     <t>5.2.2023</t>
   </si>
   <si>
     <t>David Koželuh</t>
   </si>
@@ -2603,396 +2603,396 @@
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>70</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>71</v>
       </c>
       <c r="E31" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="F31" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="F31" s="6" t="s">
+      <c r="G31" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="G31" s="6" t="s">
+      <c r="H31" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="H31" s="6" t="s">
+      <c r="I31" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="I31" s="6" t="s">
+      <c r="J31" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="J31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="K31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L31" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="M31" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="M31" s="6" t="s">
+      <c r="N31" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="N31" s="6" t="s">
+      <c r="O31" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="O31" s="6" t="s">
+      <c r="P31" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="P31" s="6" t="s">
+      <c r="Q31" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="Q31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R31" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="S31" s="6" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>75</v>
       </c>
       <c r="U31" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="V31" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>77</v>
       </c>
       <c r="Y31" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="Z31" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="AA31" s="6" t="s">
+      <c r="AB31" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AC31" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C32" s="7">
+        <v>595</v>
+      </c>
+      <c r="D32" s="7">
         <v>596</v>
       </c>
-      <c r="D32" s="7">
+      <c r="E32" s="7">
         <v>591</v>
       </c>
-      <c r="E32" s="7">
+      <c r="F32" s="7">
         <v>596</v>
       </c>
-      <c r="F32" s="7">
+      <c r="G32" s="7">
         <v>592</v>
       </c>
-      <c r="G32" s="7">
+      <c r="H32" s="7">
         <v>545</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>473</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>465</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>502</v>
       </c>
-      <c r="K32" s="7">
+      <c r="L32" s="7">
         <v>585</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>470</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>501</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>510</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>464</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>450</v>
       </c>
-      <c r="Q32" s="7">
+      <c r="R32" s="7">
         <v>572</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>458</v>
       </c>
-      <c r="S32" s="7">
+      <c r="T32" s="7">
         <v>618</v>
       </c>
-      <c r="T32" s="7">
+      <c r="U32" s="7">
         <v>565</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>503</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>454</v>
       </c>
-      <c r="W32" s="7">
+      <c r="X32" s="7">
         <v>614</v>
       </c>
-      <c r="X32" s="7">
+      <c r="Y32" s="7">
         <v>534</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>456</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>515</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>467</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>459</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>460</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>432</v>
       </c>
-      <c r="AE32" s="7">
+      <c r="AF32" s="7">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C33" s="7">
         <v>120</v>
       </c>
       <c r="D33" s="7">
         <v>120</v>
       </c>
       <c r="E33" s="7">
         <v>120</v>
       </c>
       <c r="F33" s="7">
         <v>120</v>
       </c>
       <c r="G33" s="7">
         <v>120</v>
       </c>
-      <c r="H33" s="6">
-        <v>100</v>
+      <c r="H33" s="7">
+        <v>120</v>
       </c>
       <c r="I33" s="6">
         <v>100</v>
       </c>
       <c r="J33" s="6">
         <v>100</v>
       </c>
-      <c r="K33" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="K33" s="6">
+        <v>100</v>
+      </c>
+      <c r="L33" s="7">
+        <v>120</v>
       </c>
       <c r="M33" s="6">
         <v>100</v>
       </c>
       <c r="N33" s="6">
         <v>100</v>
       </c>
       <c r="O33" s="6">
         <v>100</v>
       </c>
       <c r="P33" s="6">
         <v>100</v>
       </c>
-      <c r="Q33" s="7">
-[...6 lines deleted...]
-        <v>120</v>
+      <c r="Q33" s="6">
+        <v>100</v>
+      </c>
+      <c r="R33" s="7">
+        <v>120</v>
+      </c>
+      <c r="S33" s="6">
+        <v>100</v>
       </c>
       <c r="T33" s="7">
         <v>120</v>
       </c>
-      <c r="U33" s="6">
-        <v>100</v>
+      <c r="U33" s="7">
+        <v>120</v>
       </c>
       <c r="V33" s="6">
         <v>100</v>
       </c>
-      <c r="W33" s="7">
-        <v>120</v>
+      <c r="W33" s="6">
+        <v>100</v>
       </c>
       <c r="X33" s="7">
         <v>120</v>
       </c>
-      <c r="Y33" s="6">
-        <v>100</v>
+      <c r="Y33" s="7">
+        <v>120</v>
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
-      <c r="AE33" s="7">
-        <v>120</v>
+      <c r="AE33" s="6">
+        <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>80</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>37</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>57</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>63</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>38</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>39</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>81</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>40</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>82</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>83</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>43</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>84</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>85</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>44</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>45</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>46</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>4</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>47</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>86</v>
       </c>
       <c r="AE35" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AF35" s="6" t="s">
         <v>53</v>
       </c>
@@ -3173,328 +3173,328 @@
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="7">
         <v>120</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>87</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="D39" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="D39" s="6" t="s">
+      <c r="E39" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E39" s="6" t="s">
+      <c r="F39" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="F39" s="6" t="s">
+      <c r="G39" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="G39" s="6" t="s">
+      <c r="H39" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="H39" s="6" t="s">
+      <c r="I39" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="I39" s="6" t="s">
+      <c r="J39" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="J39" s="6" t="s">
+      <c r="K39" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="K39" s="6" t="s">
+      <c r="L39" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="L39" s="6" t="s">
+      <c r="M39" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="M39" s="6" t="s">
+      <c r="N39" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="N39" s="6" t="s">
+      <c r="O39" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="O39" s="6" t="s">
+      <c r="P39" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="P39" s="6" t="s">
+      <c r="Q39" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="Q39" s="6" t="s">
+      <c r="R39" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="R39" s="6" t="s">
+      <c r="S39" s="6" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>75</v>
       </c>
       <c r="U39" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="V39" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="V39" s="6" t="s">
+      <c r="W39" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="W39" s="6" t="s">
+      <c r="X39" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="X39" s="6" t="s">
+      <c r="Y39" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="Y39" s="6" t="s">
+      <c r="Z39" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="Z39" s="6" t="s">
+      <c r="AA39" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="AA39" s="6" t="s">
+      <c r="AB39" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="AB39" s="6" t="s">
+      <c r="AC39" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="AC39" s="6" t="s">
+      <c r="AD39" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="AD39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE39" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="AF39" s="6" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C40" s="7">
+        <v>633</v>
+      </c>
+      <c r="D40" s="7">
         <v>638</v>
       </c>
-      <c r="D40" s="7">
+      <c r="E40" s="7">
         <v>571</v>
       </c>
-      <c r="E40" s="7">
+      <c r="F40" s="7">
         <v>573</v>
       </c>
-      <c r="F40" s="7">
+      <c r="G40" s="7">
         <v>612</v>
       </c>
-      <c r="G40" s="7">
+      <c r="H40" s="7">
         <v>587</v>
       </c>
-      <c r="H40" s="7">
+      <c r="I40" s="7">
         <v>591</v>
       </c>
-      <c r="I40" s="7">
+      <c r="J40" s="7">
         <v>620</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>480</v>
       </c>
-      <c r="K40" s="7">
+      <c r="L40" s="7">
         <v>574</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>471</v>
       </c>
-      <c r="M40" s="7">
+      <c r="N40" s="7">
         <v>618</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>512</v>
       </c>
-      <c r="O40" s="7">
+      <c r="P40" s="7">
         <v>609</v>
       </c>
-      <c r="P40" s="7">
+      <c r="Q40" s="7">
         <v>602</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>507</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>506</v>
       </c>
-      <c r="S40" s="7">
+      <c r="T40" s="7">
         <v>552</v>
       </c>
-      <c r="T40" s="7">
+      <c r="U40" s="7">
         <v>568</v>
       </c>
-      <c r="U40" s="7">
+      <c r="V40" s="7">
         <v>586</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>454</v>
       </c>
-      <c r="W40" s="7">
+      <c r="X40" s="7">
         <v>555</v>
       </c>
-      <c r="X40" s="7">
+      <c r="Y40" s="7">
         <v>501</v>
       </c>
-      <c r="Y40" s="7">
+      <c r="Z40" s="7">
         <v>602</v>
       </c>
-      <c r="Z40" s="7">
+      <c r="AA40" s="7">
         <v>591</v>
       </c>
-      <c r="AA40" s="7">
+      <c r="AB40" s="7">
         <v>606</v>
       </c>
-      <c r="AB40" s="7">
+      <c r="AC40" s="7">
         <v>578</v>
       </c>
-      <c r="AC40" s="7">
+      <c r="AD40" s="7">
         <v>535</v>
       </c>
-      <c r="AD40" s="7">
+      <c r="AE40" s="7">
         <v>558</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C41" s="7">
         <v>120</v>
       </c>
       <c r="D41" s="7">
         <v>120</v>
       </c>
       <c r="E41" s="7">
         <v>120</v>
       </c>
       <c r="F41" s="7">
         <v>120</v>
       </c>
       <c r="G41" s="7">
         <v>120</v>
       </c>
       <c r="H41" s="7">
         <v>120</v>
       </c>
       <c r="I41" s="7">
         <v>120</v>
       </c>
-      <c r="J41" s="6">
-[...15 lines deleted...]
-        <v>120</v>
+      <c r="J41" s="7">
+        <v>120</v>
+      </c>
+      <c r="K41" s="6">
+        <v>100</v>
+      </c>
+      <c r="L41" s="7">
+        <v>120</v>
+      </c>
+      <c r="M41" s="6">
+        <v>100</v>
+      </c>
+      <c r="N41" s="7">
+        <v>120</v>
+      </c>
+      <c r="O41" s="6">
+        <v>100</v>
       </c>
       <c r="P41" s="7">
         <v>120</v>
       </c>
-      <c r="Q41" s="6">
-        <v>100</v>
+      <c r="Q41" s="7">
+        <v>120</v>
       </c>
       <c r="R41" s="6">
         <v>100</v>
       </c>
-      <c r="S41" s="7">
-        <v>120</v>
+      <c r="S41" s="6">
+        <v>100</v>
       </c>
       <c r="T41" s="7">
         <v>120</v>
       </c>
       <c r="U41" s="7">
         <v>120</v>
       </c>
-      <c r="V41" s="6">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="V41" s="7">
+        <v>120</v>
+      </c>
+      <c r="W41" s="6">
+        <v>100</v>
       </c>
       <c r="X41" s="7">
         <v>120</v>
       </c>
       <c r="Y41" s="7">
         <v>120</v>
       </c>
       <c r="Z41" s="7">
         <v>120</v>
       </c>
       <c r="AA41" s="7">
         <v>120</v>
       </c>
       <c r="AB41" s="7">
         <v>120</v>
       </c>
       <c r="AC41" s="7">
         <v>120</v>
       </c>
       <c r="AD41" s="7">
         <v>120</v>
       </c>
-      <c r="AE41" s="6">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="AE41" s="7">
+        <v>120</v>
+      </c>
+      <c r="AF41" s="6">
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>89</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>90</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>102</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>103</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>92</v>
       </c>
       <c r="H43" s="6" t="s">
@@ -3659,51 +3659,51 @@
       <c r="J47" s="6" t="s">
         <v>94</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>96</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>109</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>104</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>100</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>110</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>86</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>111</v>
       </c>
       <c r="R47" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>112</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>113</v>
       </c>
       <c r="U47" s="6" t="s">
         <v>114</v>
       </c>
       <c r="V47" s="6" t="s">
         <v>115</v>
       </c>
       <c r="W47" s="6" t="s">
         <v>116</v>
       </c>
       <c r="X47" s="6" t="s">
         <v>117</v>
       </c>
       <c r="Y47" s="6" t="s">
         <v>105</v>
       </c>
       <c r="Z47" s="6" t="s">
         <v>118</v>
       </c>