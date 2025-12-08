--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Duchcov na kuželně Duchcov</t>
   </si>
   <si>
     <t>Jiří Zemánek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
@@ -150,50 +150,53 @@
     <t>2.3.2024</t>
   </si>
   <si>
     <t>2.12.2023</t>
   </si>
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>28.10.2023</t>
   </si>
   <si>
     <t>21.10.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>Jiří Semelka</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>14.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
@@ -1538,241 +1541,241 @@
       <c r="E11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>50</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>51</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>52</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>53</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>54</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>55</v>
       </c>
       <c r="M11" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N11" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="N11" s="6" t="s">
+      <c r="O11" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="O11" s="6" t="s">
+      <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="P11" s="6" t="s">
+      <c r="Q11" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="Q11" s="6" t="s">
+      <c r="R11" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="R11" s="6" t="s">
+      <c r="S11" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="S11" s="6" t="s">
+      <c r="T11" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="T11" s="6" t="s">
+      <c r="U11" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="U11" s="6" t="s">
+      <c r="V11" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="V11" s="6" t="s">
+      <c r="W11" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="W11" s="6" t="s">
+      <c r="X11" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="X11" s="6" t="s">
+      <c r="Y11" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="Y11" s="6" t="s">
+      <c r="Z11" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="Z11" s="6" t="s">
+      <c r="AA11" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="AA11" s="6" t="s">
+      <c r="AB11" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="AB11" s="6" t="s">
+      <c r="AC11" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="AC11" s="6" t="s">
+      <c r="AD11" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="AD11" s="6" t="s">
+      <c r="AE11" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="AE11" s="6" t="s">
+      <c r="AF11" s="6" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="7">
+        <v>463</v>
+      </c>
+      <c r="D12" s="7">
         <v>452</v>
       </c>
-      <c r="D12" s="7">
+      <c r="E12" s="7">
         <v>440</v>
       </c>
-      <c r="E12" s="7">
+      <c r="F12" s="7">
         <v>406</v>
       </c>
-      <c r="F12" s="7">
+      <c r="G12" s="7">
         <v>432</v>
       </c>
-      <c r="G12" s="7">
+      <c r="H12" s="7">
         <v>457</v>
       </c>
-      <c r="H12" s="7">
+      <c r="I12" s="7">
         <v>485</v>
       </c>
-      <c r="I12" s="7">
+      <c r="J12" s="7">
         <v>498</v>
       </c>
-      <c r="J12" s="7">
+      <c r="K12" s="7">
         <v>447</v>
       </c>
-      <c r="K12" s="7">
+      <c r="L12" s="7">
         <v>434</v>
       </c>
-      <c r="L12" s="7">
+      <c r="M12" s="7">
         <v>494</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>544</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>538</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>543</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>552</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>560</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>566</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>591</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>567</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>584</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>568</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>564</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>557</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>544</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>557</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>572</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>612</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>533</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>561</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
         <v>100</v>
       </c>
       <c r="J13" s="6">
         <v>100</v>
       </c>
       <c r="K13" s="6">
         <v>100</v>
       </c>
       <c r="L13" s="6">
         <v>100</v>
       </c>
-      <c r="M13" s="4">
-        <v>120</v>
+      <c r="M13" s="6">
+        <v>100</v>
       </c>
       <c r="N13" s="4">
         <v>120</v>
       </c>
       <c r="O13" s="4">
         <v>120</v>
       </c>
       <c r="P13" s="4">
         <v>120</v>
       </c>
       <c r="Q13" s="4">
         <v>120</v>
       </c>
       <c r="R13" s="4">
         <v>120</v>
       </c>
       <c r="S13" s="4">
         <v>120</v>
       </c>
       <c r="T13" s="4">
         <v>120</v>
       </c>
       <c r="U13" s="4">
         <v>120</v>
       </c>
@@ -1790,51 +1793,51 @@
       </c>
       <c r="Z13" s="4">
         <v>120</v>
       </c>
       <c r="AA13" s="4">
         <v>120</v>
       </c>
       <c r="AB13" s="4">
         <v>120</v>
       </c>
       <c r="AC13" s="4">
         <v>120</v>
       </c>
       <c r="AD13" s="4">
         <v>120</v>
       </c>
       <c r="AE13" s="4">
         <v>120</v>
       </c>
       <c r="AF13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>7</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>11</v>
       </c>
@@ -1883,51 +1886,51 @@
       <c r="X15" s="6" t="s">
         <v>26</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>42</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>567</v>
       </c>
       <c r="D16" s="4">
         <v>595</v>
       </c>
       <c r="E16" s="4">
         <v>570</v>
       </c>
       <c r="F16" s="4">
         <v>558</v>
       </c>
       <c r="G16" s="4">
         <v>584</v>
       </c>
       <c r="H16" s="4">
         <v>577</v>
       </c>
       <c r="I16" s="4">
@@ -2078,144 +2081,144 @@
       </c>
       <c r="Z17" s="4">
         <v>120</v>
       </c>
       <c r="AA17" s="4">
         <v>120</v>
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="W19" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AA19" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AB19" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AF19" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>561</v>
       </c>
       <c r="D20" s="4">
         <v>551</v>
       </c>
       <c r="E20" s="4">
         <v>559</v>
       </c>
       <c r="F20" s="4">
         <v>558</v>
       </c>
       <c r="G20" s="4">
         <v>602</v>
       </c>
       <c r="H20" s="4">
         <v>531</v>
       </c>
       <c r="I20" s="4">
@@ -2366,69 +2369,69 @@
       </c>
       <c r="Z21" s="4">
         <v>120</v>
       </c>
       <c r="AA21" s="4">
         <v>120</v>
       </c>
       <c r="AB21" s="4">
         <v>120</v>
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>13</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>16</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>17</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>19</v>
       </c>
@@ -2654,117 +2657,117 @@
       </c>
       <c r="Z25" s="4">
         <v>120</v>
       </c>
       <c r="AA25" s="4">
         <v>120</v>
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="W27" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="7">
         <v>443</v>
       </c>
       <c r="D28" s="7">
         <v>491</v>
       </c>
       <c r="E28" s="7">
         <v>416</v>
       </c>
       <c r="F28" s="7">
         <v>428</v>
       </c>
       <c r="G28" s="7">
         <v>418</v>
       </c>
       <c r="H28" s="7">
         <v>446</v>
       </c>
       <c r="I28" s="7">
@@ -2861,72 +2864,72 @@
       </c>
       <c r="Q29" s="6">
         <v>100</v>
       </c>
       <c r="R29" s="6">
         <v>100</v>
       </c>
       <c r="S29" s="6">
         <v>100</v>
       </c>
       <c r="T29" s="6">
         <v>100</v>
       </c>
       <c r="U29" s="6">
         <v>100</v>
       </c>
       <c r="V29" s="6">
         <v>100</v>
       </c>
       <c r="W29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>18</v>
       </c>
@@ -3149,123 +3152,123 @@
       </c>
       <c r="Z33" s="4">
         <v>120</v>
       </c>
       <c r="AA33" s="4">
         <v>120</v>
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>504</v>
       </c>
       <c r="D36" s="4">
         <v>508</v>
       </c>
       <c r="E36" s="4">
         <v>510</v>
       </c>
       <c r="F36" s="4">
         <v>514</v>
       </c>
       <c r="G36" s="4">
         <v>538</v>
       </c>
       <c r="H36" s="4">
         <v>555</v>
       </c>
       <c r="I36" s="4">
@@ -3374,93 +3377,93 @@
       </c>
       <c r="S37" s="4">
         <v>120</v>
       </c>
       <c r="T37" s="4">
         <v>120</v>
       </c>
       <c r="U37" s="4">
         <v>120</v>
       </c>
       <c r="V37" s="4">
         <v>120</v>
       </c>
       <c r="W37" s="4">
         <v>120</v>
       </c>
       <c r="X37" s="4">
         <v>120</v>
       </c>
       <c r="Y37" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="7">
         <v>437</v>
       </c>
       <c r="D40" s="7">
         <v>434</v>
       </c>
       <c r="E40" s="4">
         <v>529</v>
       </c>
       <c r="F40" s="4">
         <v>489</v>
       </c>
       <c r="G40" s="4">
         <v>529</v>
       </c>
       <c r="H40" s="4">
         <v>518</v>
       </c>
       <c r="I40" s="7">
@@ -3509,144 +3512,144 @@
       </c>
       <c r="I41" s="6">
         <v>100</v>
       </c>
       <c r="J41" s="6">
         <v>100</v>
       </c>
       <c r="K41" s="6">
         <v>100</v>
       </c>
       <c r="L41" s="6">
         <v>100</v>
       </c>
       <c r="M41" s="6">
         <v>100</v>
       </c>
       <c r="N41" s="6">
         <v>100</v>
       </c>
       <c r="O41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>10</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>18</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="V43" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="W43" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="X43" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="Y43" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AB43" s="6" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="AC43" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="AD43" s="6" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="AE43" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AF43" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>496</v>
       </c>
       <c r="D44" s="4">
         <v>560</v>
       </c>
       <c r="E44" s="4">
         <v>549</v>
       </c>
       <c r="F44" s="4">
         <v>580</v>
       </c>
       <c r="G44" s="4">
         <v>532</v>
       </c>
       <c r="H44" s="4">
         <v>534</v>
       </c>
       <c r="I44" s="4">