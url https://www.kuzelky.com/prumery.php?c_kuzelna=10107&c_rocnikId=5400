--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -23,50 +23,53 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Výsledky hráčů družstva KK Hvězda Trnovany na kuželně Duchcov</t>
   </si>
   <si>
     <t>Zdeněk Kandl</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>14.10.2025</t>
   </si>
   <si>
     <t>6.3.2025</t>
   </si>
   <si>
     <t>20.2.2025</t>
   </si>
   <si>
     <t>5.12.2024</t>
   </si>
   <si>
     <t>28.11.2024</t>
   </si>
   <si>
     <t>10.10.2024</t>
   </si>
   <si>
     <t>26.9.2024</t>
@@ -110,209 +113,209 @@
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>24.9.2022</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Roman Voráček</t>
+  </si>
+  <si>
+    <t>10.11.2023</t>
+  </si>
+  <si>
+    <t>2.11.2023</t>
+  </si>
+  <si>
+    <t>27.10.2023</t>
+  </si>
+  <si>
+    <t>20.10.2023</t>
+  </si>
+  <si>
+    <t>29.9.2023</t>
+  </si>
+  <si>
+    <t>13.9.2020</t>
+  </si>
+  <si>
+    <t>7.3.2020</t>
+  </si>
+  <si>
+    <t>22.2.2020</t>
+  </si>
+  <si>
+    <t>8.2.2020</t>
+  </si>
+  <si>
+    <t>30.11.2019</t>
+  </si>
+  <si>
+    <t>16.11.2019</t>
+  </si>
+  <si>
+    <t>19.10.2019</t>
+  </si>
+  <si>
+    <t>14.9.2019</t>
+  </si>
+  <si>
+    <t>13.4.2019</t>
+  </si>
+  <si>
+    <t>16.3.2019</t>
+  </si>
+  <si>
+    <t>23.2.2019</t>
+  </si>
+  <si>
+    <t>24.11.2018</t>
+  </si>
+  <si>
+    <t>13.10.2018</t>
+  </si>
+  <si>
+    <t>30.9.2018</t>
+  </si>
+  <si>
+    <t>22.9.2018</t>
+  </si>
+  <si>
+    <t>16.9.2018</t>
+  </si>
+  <si>
+    <t>10.10.2015</t>
+  </si>
+  <si>
+    <t>21.2.2015</t>
+  </si>
+  <si>
+    <t>29.9.2012</t>
+  </si>
+  <si>
+    <t>Milan Stránský</t>
+  </si>
+  <si>
+    <t>29.11.2025</t>
+  </si>
+  <si>
+    <t>15.11.2025</t>
+  </si>
+  <si>
+    <t>2.11.2025</t>
+  </si>
+  <si>
+    <t>15.3.2025</t>
+  </si>
+  <si>
+    <t>1.3.2025</t>
+  </si>
+  <si>
+    <t>15.2.2025</t>
+  </si>
+  <si>
+    <t>7.12.2024</t>
+  </si>
+  <si>
+    <t>5.10.2024</t>
+  </si>
+  <si>
+    <t>21.9.2024</t>
+  </si>
+  <si>
+    <t>27.4.2024</t>
+  </si>
+  <si>
+    <t>13.1.2024</t>
+  </si>
+  <si>
+    <t>21.10.2023</t>
+  </si>
+  <si>
+    <t>17.9.2023</t>
+  </si>
+  <si>
+    <t>Radek Jalovecký</t>
+  </si>
+  <si>
+    <t>19.3.2022</t>
+  </si>
+  <si>
+    <t>5.3.2022</t>
+  </si>
+  <si>
+    <t>19.2.2022</t>
+  </si>
+  <si>
+    <t>5.2.2022</t>
+  </si>
+  <si>
+    <t>15.1.2022</t>
+  </si>
+  <si>
+    <t>13.11.2021</t>
+  </si>
+  <si>
+    <t>16.10.2021</t>
+  </si>
+  <si>
+    <t>Petr Kubita</t>
+  </si>
+  <si>
+    <t>27.9.2025</t>
+  </si>
+  <si>
+    <t>30.9.2023</t>
+  </si>
+  <si>
     <t>17.9.2022</t>
   </si>
   <si>
-    <t>Výkon:</t>
-[...154 lines deleted...]
-  <si>
     <t>Pavel Jedlička</t>
   </si>
   <si>
     <t>21.11.2024</t>
   </si>
   <si>
     <t>7.11.2024</t>
   </si>
   <si>
     <t>11.4.2024</t>
   </si>
   <si>
     <t>21.3.2024</t>
   </si>
   <si>
     <t>1.2.2024</t>
   </si>
   <si>
     <t>13.12.2023</t>
   </si>
   <si>
     <t>21.9.2023</t>
   </si>
   <si>
     <t>31.3.2023</t>
@@ -348,53 +351,50 @@
     <t>15.3.2024</t>
   </si>
   <si>
     <t>7.3.2024</t>
   </si>
   <si>
     <t>18.1.2024</t>
   </si>
   <si>
     <t>16.11.2023</t>
   </si>
   <si>
     <t>12.10.2023</t>
   </si>
   <si>
     <t>3.2.2023</t>
   </si>
   <si>
     <t>16.9.2022</t>
   </si>
   <si>
     <t>11.3.2022</t>
   </si>
   <si>
     <t>8.3.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>25.2.2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -907,173 +907,173 @@
       </c>
       <c r="AA3" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>444</v>
+      </c>
+      <c r="D4" s="4">
         <v>473</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>442</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>490</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>436</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>465</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>462</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>483</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>444</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>487</v>
       </c>
-      <c r="L4" s="5">
+      <c r="M4" s="5">
         <v>599</v>
       </c>
-      <c r="M4" s="5">
+      <c r="N4" s="5">
         <v>536</v>
       </c>
-      <c r="N4" s="5">
+      <c r="O4" s="5">
         <v>561</v>
       </c>
-      <c r="O4" s="5">
+      <c r="P4" s="5">
         <v>536</v>
       </c>
-      <c r="P4" s="5">
+      <c r="Q4" s="5">
         <v>532</v>
       </c>
-      <c r="Q4" s="5">
+      <c r="R4" s="5">
         <v>518</v>
       </c>
-      <c r="R4" s="5">
+      <c r="S4" s="5">
         <v>543</v>
       </c>
-      <c r="S4" s="5">
+      <c r="T4" s="5">
         <v>541</v>
       </c>
-      <c r="T4" s="5">
+      <c r="U4" s="5">
         <v>531</v>
       </c>
-      <c r="U4" s="5">
+      <c r="V4" s="5">
         <v>577</v>
       </c>
-      <c r="V4" s="5">
+      <c r="W4" s="5">
         <v>562</v>
       </c>
-      <c r="W4" s="5">
+      <c r="X4" s="5">
         <v>551</v>
       </c>
-      <c r="X4" s="5">
+      <c r="Y4" s="5">
         <v>569</v>
       </c>
-      <c r="Y4" s="5">
+      <c r="Z4" s="5">
         <v>571</v>
       </c>
-      <c r="Z4" s="5">
+      <c r="AA4" s="5">
         <v>552</v>
       </c>
-      <c r="AA4" s="5">
+      <c r="AB4" s="5">
         <v>541</v>
       </c>
-      <c r="AB4" s="5">
+      <c r="AC4" s="5">
         <v>579</v>
       </c>
-      <c r="AC4" s="5">
+      <c r="AD4" s="5">
         <v>531</v>
       </c>
-      <c r="AD4" s="5">
+      <c r="AE4" s="5">
         <v>538</v>
       </c>
-      <c r="AE4" s="5">
+      <c r="AF4" s="5">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="7">
         <v>100</v>
       </c>
       <c r="D5" s="7">
         <v>100</v>
       </c>
       <c r="E5" s="7">
         <v>100</v>
       </c>
       <c r="F5" s="7">
         <v>100</v>
       </c>
       <c r="G5" s="7">
         <v>100</v>
       </c>
       <c r="H5" s="7">
         <v>100</v>
       </c>
       <c r="I5" s="7">
         <v>100</v>
       </c>
       <c r="J5" s="7">
         <v>100</v>
       </c>
       <c r="K5" s="7">
         <v>100</v>
       </c>
-      <c r="L5" s="5">
-        <v>120</v>
+      <c r="L5" s="7">
+        <v>100</v>
       </c>
       <c r="M5" s="5">
         <v>120</v>
       </c>
       <c r="N5" s="5">
         <v>120</v>
       </c>
       <c r="O5" s="5">
         <v>120</v>
       </c>
       <c r="P5" s="5">
         <v>120</v>
       </c>
       <c r="Q5" s="5">
         <v>120</v>
       </c>
       <c r="R5" s="5">
         <v>120</v>
       </c>
       <c r="S5" s="5">
         <v>120</v>
       </c>
       <c r="T5" s="5">
         <v>120</v>
       </c>
@@ -1373,108 +1373,108 @@
       <c r="E11" s="7" t="s">
         <v>63</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>64</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>65</v>
       </c>
       <c r="H11" s="7" t="s">
         <v>66</v>
       </c>
       <c r="I11" s="7" t="s">
         <v>67</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>68</v>
       </c>
       <c r="K11" s="7" t="s">
         <v>69</v>
       </c>
       <c r="L11" s="7" t="s">
         <v>70</v>
       </c>
       <c r="M11" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="N11" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="O11" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="P11" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="Q11" s="7" t="s">
         <v>71</v>
       </c>
       <c r="R11" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="S11" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="T11" s="7" t="s">
         <v>72</v>
       </c>
       <c r="U11" s="7" t="s">
         <v>73</v>
       </c>
       <c r="V11" s="7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="W11" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="X11" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="Y11" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Z11" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="AA11" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AB11" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AC11" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="AD11" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="AE11" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AF11" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="5">
         <v>576</v>
       </c>
       <c r="D12" s="5">
         <v>595</v>
       </c>
       <c r="E12" s="5">
         <v>576</v>
       </c>
       <c r="F12" s="5">
         <v>575</v>
       </c>
       <c r="G12" s="5">
         <v>614</v>
       </c>
       <c r="H12" s="5">
         <v>598</v>
       </c>
       <c r="I12" s="5">
@@ -1631,60 +1631,60 @@
       </c>
       <c r="AB13" s="5">
         <v>120</v>
       </c>
       <c r="AC13" s="5">
         <v>120</v>
       </c>
       <c r="AD13" s="5">
         <v>120</v>
       </c>
       <c r="AE13" s="5">
         <v>120</v>
       </c>
       <c r="AF13" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>75</v>
       </c>
       <c r="H15" s="7" t="s">
         <v>76</v>
       </c>
       <c r="I15" s="7" t="s">
         <v>77</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>78</v>
       </c>
       <c r="K15" s="7" t="s">
         <v>79</v>
       </c>
       <c r="L15" s="7" t="s">
         <v>80</v>
       </c>
       <c r="M15" s="7" t="s">
         <v>81</v>
       </c>
       <c r="N15" s="7" t="s">
         <v>41</v>
       </c>
@@ -1766,244 +1766,244 @@
       </c>
       <c r="M17" s="5">
         <v>120</v>
       </c>
       <c r="N17" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>82</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F19" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="G19" s="7" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>13</v>
       </c>
       <c r="I19" s="7" t="s">
         <v>14</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K19" s="7" t="s">
         <v>16</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>18</v>
       </c>
       <c r="N19" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="O19" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="O19" s="7" t="s">
+      <c r="P19" s="7" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="Q19" s="7" t="s">
         <v>21</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>22</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="T19" s="7" t="s">
         <v>24</v>
       </c>
       <c r="U19" s="7" t="s">
         <v>25</v>
       </c>
       <c r="V19" s="7" t="s">
         <v>26</v>
       </c>
       <c r="W19" s="7" t="s">
         <v>27</v>
       </c>
       <c r="X19" s="7" t="s">
         <v>28</v>
       </c>
       <c r="Y19" s="7" t="s">
         <v>29</v>
       </c>
       <c r="Z19" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AA19" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AB19" s="7" t="s">
         <v>32</v>
       </c>
       <c r="AC19" s="7" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="AD19" s="7" t="s">
         <v>75</v>
       </c>
       <c r="AE19" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="AF19" s="7" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>477</v>
+      </c>
+      <c r="D20" s="4">
         <v>485</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>520</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>509</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>469</v>
       </c>
-      <c r="G20" s="5">
+      <c r="H20" s="5">
         <v>613</v>
       </c>
-      <c r="H20" s="5">
+      <c r="I20" s="5">
         <v>515</v>
       </c>
-      <c r="I20" s="5">
+      <c r="J20" s="5">
         <v>610</v>
       </c>
-      <c r="J20" s="5">
+      <c r="K20" s="5">
         <v>543</v>
       </c>
-      <c r="K20" s="5">
+      <c r="L20" s="5">
         <v>553</v>
       </c>
-      <c r="L20" s="5">
+      <c r="M20" s="5">
         <v>544</v>
       </c>
-      <c r="M20" s="5">
+      <c r="N20" s="5">
         <v>570</v>
       </c>
-      <c r="N20" s="5">
+      <c r="O20" s="5">
         <v>497</v>
       </c>
-      <c r="O20" s="5">
+      <c r="P20" s="5">
         <v>575</v>
       </c>
-      <c r="P20" s="5">
+      <c r="Q20" s="5">
         <v>599</v>
       </c>
-      <c r="Q20" s="5">
+      <c r="R20" s="5">
         <v>555</v>
       </c>
-      <c r="R20" s="5">
+      <c r="S20" s="5">
         <v>530</v>
       </c>
-      <c r="S20" s="5">
+      <c r="T20" s="5">
         <v>587</v>
       </c>
-      <c r="T20" s="5">
+      <c r="U20" s="5">
         <v>593</v>
       </c>
-      <c r="U20" s="5">
+      <c r="V20" s="5">
         <v>537</v>
       </c>
-      <c r="V20" s="5">
+      <c r="W20" s="5">
         <v>611</v>
       </c>
-      <c r="W20" s="5">
+      <c r="X20" s="5">
         <v>613</v>
       </c>
-      <c r="X20" s="5">
+      <c r="Y20" s="5">
         <v>519</v>
       </c>
-      <c r="Y20" s="5">
+      <c r="Z20" s="5">
         <v>602</v>
       </c>
-      <c r="Z20" s="5">
+      <c r="AA20" s="5">
         <v>569</v>
       </c>
-      <c r="AA20" s="5">
+      <c r="AB20" s="5">
         <v>535</v>
       </c>
-      <c r="AB20" s="5">
+      <c r="AC20" s="5">
         <v>549</v>
       </c>
-      <c r="AC20" s="5">
+      <c r="AD20" s="5">
         <v>519</v>
       </c>
-      <c r="AD20" s="5">
+      <c r="AE20" s="5">
         <v>530</v>
       </c>
-      <c r="AE20" s="5">
+      <c r="AF20" s="5">
         <v>577</v>
-      </c>
-[...1 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="7">
         <v>100</v>
       </c>
       <c r="D21" s="7">
         <v>100</v>
       </c>
       <c r="E21" s="7">
         <v>100</v>
       </c>
       <c r="F21" s="7">
         <v>100</v>
       </c>
-      <c r="G21" s="5">
-        <v>120</v>
+      <c r="G21" s="7">
+        <v>100</v>
       </c>
       <c r="H21" s="5">
         <v>120</v>
       </c>
       <c r="I21" s="5">
         <v>120</v>
       </c>
       <c r="J21" s="5">
         <v>120</v>
       </c>
       <c r="K21" s="5">
         <v>120</v>
       </c>
       <c r="L21" s="5">
         <v>120</v>
       </c>
       <c r="M21" s="5">
         <v>120</v>
       </c>
       <c r="N21" s="5">
         <v>120</v>
       </c>
       <c r="O21" s="5">
         <v>120</v>
       </c>
@@ -2039,138 +2039,138 @@
       </c>
       <c r="Z21" s="5">
         <v>120</v>
       </c>
       <c r="AA21" s="5">
         <v>120</v>
       </c>
       <c r="AB21" s="5">
         <v>120</v>
       </c>
       <c r="AC21" s="5">
         <v>120</v>
       </c>
       <c r="AD21" s="5">
         <v>120</v>
       </c>
       <c r="AE21" s="5">
         <v>120</v>
       </c>
       <c r="AF21" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>83</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G23" s="7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I23" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J23" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="K23" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M23" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="N23" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="O23" s="7" t="s">
         <v>37</v>
       </c>
       <c r="P23" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="Q23" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="R23" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="S23" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="T23" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="U23" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="V23" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="W23" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="X23" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="Y23" s="7" t="s">
         <v>75</v>
       </c>
       <c r="Z23" s="7" t="s">
         <v>76</v>
       </c>
       <c r="AA23" s="7" t="s">
         <v>77</v>
       </c>
       <c r="AB23" s="7" t="s">
         <v>78</v>
       </c>
       <c r="AC23" s="7" t="s">
         <v>79</v>
       </c>
       <c r="AD23" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AE23" s="7" t="s">
         <v>41</v>
       </c>
       <c r="AF23" s="7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>439</v>
       </c>
       <c r="D24" s="4">
         <v>447</v>
       </c>
       <c r="E24" s="4">
         <v>472</v>
       </c>
       <c r="F24" s="4">
         <v>477</v>
       </c>
       <c r="G24" s="4">
@@ -2327,239 +2327,239 @@
       </c>
       <c r="Z25" s="5">
         <v>120</v>
       </c>
       <c r="AA25" s="5">
         <v>120</v>
       </c>
       <c r="AB25" s="5">
         <v>120</v>
       </c>
       <c r="AC25" s="5">
         <v>120</v>
       </c>
       <c r="AD25" s="5">
         <v>120</v>
       </c>
       <c r="AE25" s="5">
         <v>120</v>
       </c>
       <c r="AF25" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D27" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="E27" s="7" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>7</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>8</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>86</v>
+        <v>9</v>
       </c>
       <c r="I27" s="7" t="s">
-        <v>10</v>
+        <v>87</v>
       </c>
       <c r="J27" s="7" t="s">
-        <v>88</v>
+        <v>11</v>
       </c>
       <c r="K27" s="7" t="s">
         <v>89</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="M27" s="7" t="s">
         <v>104</v>
       </c>
       <c r="N27" s="7" t="s">
         <v>105</v>
       </c>
       <c r="O27" s="7" t="s">
-        <v>91</v>
+        <v>106</v>
       </c>
       <c r="P27" s="7" t="s">
-        <v>106</v>
+        <v>92</v>
       </c>
       <c r="Q27" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="R27" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="R27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S27" s="7" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="T27" s="7" t="s">
         <v>93</v>
       </c>
       <c r="U27" s="7" t="s">
         <v>94</v>
       </c>
       <c r="V27" s="7" t="s">
         <v>95</v>
       </c>
       <c r="W27" s="7" t="s">
         <v>96</v>
       </c>
       <c r="X27" s="7" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="Y27" s="7" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="Z27" s="7" t="s">
         <v>98</v>
       </c>
       <c r="AA27" s="7" t="s">
         <v>99</v>
       </c>
       <c r="AB27" s="7" t="s">
         <v>100</v>
       </c>
       <c r="AC27" s="7" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="AD27" s="7" t="s">
         <v>110</v>
       </c>
       <c r="AE27" s="7" t="s">
         <v>111</v>
       </c>
       <c r="AF27" s="7" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>442</v>
+      </c>
+      <c r="D28" s="4">
         <v>435</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>486</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>430</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>467</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>453</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>444</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>426</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>457</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>408</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>434</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>459</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>435</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>450</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>428</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>433</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>440</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>423</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>427</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>445</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>428</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>447</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>423</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>425</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>409</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>418</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>412</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>393</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>420</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="7">
         <v>100</v>
       </c>
       <c r="D29" s="7">
         <v>100</v>
       </c>
       <c r="E29" s="7">
         <v>100</v>
       </c>
       <c r="F29" s="7">
         <v>100</v>
       </c>
       <c r="G29" s="7">
         <v>100</v>
       </c>
       <c r="H29" s="7">
         <v>100</v>
       </c>
       <c r="I29" s="7">