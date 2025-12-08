--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Výsledky hráčů družstva KK Hvězda Trnovany na kuželně Duchcov</t>
   </si>
   <si>
     <t>Miroslav Náhlovský</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>5.12.2024</t>
   </si>
   <si>
     <t>28.11.2024</t>
   </si>
   <si>
     <t>10.10.2024</t>
   </si>
   <si>
     <t>26.9.2024</t>
   </si>
   <si>
     <t>21.3.2024</t>
   </si>
   <si>
@@ -264,50 +264,53 @@
     <t>25.2.2022</t>
   </si>
   <si>
     <t>10.12.2021</t>
   </si>
   <si>
     <t>8.10.2021</t>
   </si>
   <si>
     <t>17.9.2021</t>
   </si>
   <si>
     <t>8.2.2020</t>
   </si>
   <si>
     <t>13.4.2019</t>
   </si>
   <si>
     <t>Štěpán Kandl</t>
   </si>
   <si>
     <t>18.1.2024</t>
   </si>
   <si>
     <t>Petr Petřík</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>14.10.2025</t>
   </si>
   <si>
     <t>Vladislav Jedlička</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -1985,230 +1988,230 @@
       </c>
       <c r="S25" s="7">
         <v>100</v>
       </c>
       <c r="T25" s="7">
         <v>100</v>
       </c>
       <c r="U25" s="7">
         <v>100</v>
       </c>
       <c r="V25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>84</v>
       </c>
       <c r="D27" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E27" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="E27" s="7" t="s">
+      <c r="F27" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="F27" s="7" t="s">
+      <c r="G27" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="G27" s="7" t="s">
+      <c r="H27" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="H27" s="7" t="s">
+      <c r="I27" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="I27" s="7" t="s">
+      <c r="J27" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="J27" s="7" t="s">
+      <c r="K27" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="K27" s="7" t="s">
+      <c r="L27" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="L27" s="7" t="s">
+      <c r="M27" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="M27" s="7" t="s">
+      <c r="N27" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="N27" s="7" t="s">
+      <c r="O27" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="O27" s="7" t="s">
+      <c r="P27" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="P27" s="7" t="s">
+      <c r="Q27" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="Q27" s="7" t="s">
+      <c r="R27" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="R27" s="7" t="s">
+      <c r="S27" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="S27" s="7" t="s">
+      <c r="T27" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="T27" s="7" t="s">
+      <c r="U27" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="U27" s="7" t="s">
+      <c r="V27" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="V27" s="7" t="s">
+      <c r="W27" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="W27" s="7" t="s">
+      <c r="X27" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="X27" s="7" t="s">
+      <c r="Y27" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="Y27" s="7" t="s">
+      <c r="Z27" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="Z27" s="7" t="s">
+      <c r="AA27" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="AA27" s="7" t="s">
+      <c r="AB27" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="AB27" s="7" t="s">
+      <c r="AC27" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="AC27" s="7" t="s">
+      <c r="AD27" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="AD27" s="7" t="s">
+      <c r="AE27" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="AE27" s="7" t="s">
+      <c r="AF27" s="7" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C28" s="4">
+        <v>442</v>
+      </c>
+      <c r="D28" s="4">
         <v>435</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>486</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>430</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>467</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>453</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>444</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>426</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>457</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>408</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>434</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>459</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>435</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>450</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>428</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>433</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>440</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>423</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>427</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>445</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>428</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>447</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>423</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>425</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>409</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>418</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>412</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>393</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>420</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C29" s="7">
         <v>100</v>
       </c>
       <c r="D29" s="7">
         <v>100</v>
       </c>
       <c r="E29" s="7">
         <v>100</v>
       </c>
       <c r="F29" s="7">
         <v>100</v>
       </c>
       <c r="G29" s="7">
         <v>100</v>
       </c>
       <c r="H29" s="7">
         <v>100</v>
       </c>
       <c r="I29" s="7">
@@ -2264,239 +2267,239 @@
       </c>
       <c r="Z29" s="7">
         <v>100</v>
       </c>
       <c r="AA29" s="7">
         <v>100</v>
       </c>
       <c r="AB29" s="7">
         <v>100</v>
       </c>
       <c r="AC29" s="7">
         <v>100</v>
       </c>
       <c r="AD29" s="7">
         <v>100</v>
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="D31" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="D31" s="7" t="s">
+      <c r="E31" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="E31" s="7" t="s">
+      <c r="F31" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="F31" s="7" t="s">
+      <c r="G31" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="G31" s="7" t="s">
+      <c r="H31" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="H31" s="7" t="s">
+      <c r="I31" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="I31" s="7" t="s">
+      <c r="J31" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="J31" s="7" t="s">
+      <c r="K31" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="K31" s="7" t="s">
+      <c r="L31" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="L31" s="7" t="s">
+      <c r="M31" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="M31" s="7" t="s">
+      <c r="N31" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="N31" s="7" t="s">
+      <c r="O31" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="O31" s="7" t="s">
+      <c r="P31" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="P31" s="7" t="s">
+      <c r="Q31" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="Q31" s="7" t="s">
+      <c r="R31" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="R31" s="7" t="s">
+      <c r="S31" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="S31" s="7" t="s">
+      <c r="T31" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="T31" s="7" t="s">
+      <c r="U31" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="U31" s="7" t="s">
+      <c r="V31" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="V31" s="7" t="s">
+      <c r="W31" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="W31" s="7" t="s">
+      <c r="X31" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="X31" s="7" t="s">
+      <c r="Y31" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="Y31" s="7" t="s">
+      <c r="Z31" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="Z31" s="7" t="s">
+      <c r="AA31" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="AA31" s="7" t="s">
+      <c r="AB31" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="AB31" s="7" t="s">
+      <c r="AC31" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="AC31" s="7" t="s">
+      <c r="AD31" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="AD31" s="7" t="s">
+      <c r="AE31" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="AE31" s="7" t="s">
+      <c r="AF31" s="7" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C32" s="4">
+        <v>452</v>
+      </c>
+      <c r="D32" s="4">
         <v>475</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>403</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>442</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>491</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>431</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>422</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>423</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>464</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>472</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>454</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>433</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
       <c r="P32" s="4">
         <v>442</v>
       </c>
       <c r="Q32" s="4">
+        <v>442</v>
+      </c>
+      <c r="R32" s="4">
         <v>453</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>442</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>468</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>417</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>422</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>438</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>448</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>442</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>447</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>410</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>428</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>448</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>434</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>428</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C33" s="7">
         <v>100</v>
       </c>
       <c r="D33" s="7">
         <v>100</v>
       </c>
       <c r="E33" s="7">
         <v>100</v>
       </c>
       <c r="F33" s="7">
         <v>100</v>
       </c>
       <c r="G33" s="7">
         <v>100</v>
       </c>
       <c r="H33" s="7">
         <v>100</v>
       </c>
       <c r="I33" s="7">