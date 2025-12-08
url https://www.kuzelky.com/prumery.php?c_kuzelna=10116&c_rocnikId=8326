--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -266,50 +266,53 @@
   <si>
     <t>16.3.2024</t>
   </si>
   <si>
     <t>2.3.2024</t>
   </si>
   <si>
     <t>10.2.2024</t>
   </si>
   <si>
     <t>13.1.2024</t>
   </si>
   <si>
     <t>2.12.2023</t>
   </si>
   <si>
     <t>28.10.2023</t>
   </si>
   <si>
     <t>21.10.2023</t>
   </si>
   <si>
     <t>Radek Horák</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
     <t>19.9.2025</t>
   </si>
   <si>
     <t>7.4.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
@@ -336,53 +339,50 @@
     <t>4.10.2024</t>
   </si>
   <si>
     <t>17.3.2022</t>
   </si>
   <si>
     <t>4.3.2022</t>
   </si>
   <si>
     <t>17.2.2022</t>
   </si>
   <si>
     <t>3.2.2022</t>
   </si>
   <si>
     <t>13.1.2022</t>
   </si>
   <si>
     <t>4.11.2021</t>
   </si>
   <si>
     <t>21.10.2021</t>
   </si>
   <si>
     <t>8.10.2021</t>
-  </si>
-[...1 lines deleted...]
-    <t>24.9.2021</t>
   </si>
   <si>
     <t>Dušan Plocek</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>1.10.2022</t>
   </si>
   <si>
     <t>9.4.2022</t>
   </si>
   <si>
     <t>19.3.2022</t>
   </si>
   <si>
     <t>5.3.2022</t>
   </si>
   <si>
     <t>12.2.2022</t>
   </si>
@@ -1727,230 +1727,230 @@
       </c>
       <c r="AC13" s="7">
         <v>120</v>
       </c>
       <c r="AD13" s="7">
         <v>120</v>
       </c>
       <c r="AE13" s="7">
         <v>120</v>
       </c>
       <c r="AF13" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>84</v>
       </c>
       <c r="D15" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="E15" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="E15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="G15" s="6" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>87</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>88</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>89</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>90</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>91</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>92</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>93</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>94</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>95</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>96</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>97</v>
       </c>
       <c r="S15" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="T15" s="6" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>99</v>
       </c>
       <c r="V15" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="W15" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="W15" s="6" t="s">
+      <c r="X15" s="6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>101</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>102</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>103</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>104</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>105</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>106</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>107</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>471</v>
+      </c>
+      <c r="D16" s="4">
         <v>431</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>446</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>427</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>460</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>427</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>462</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>456</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>435</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>473</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>448</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>442</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>446</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>439</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>473</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>475</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>432</v>
       </c>
-      <c r="S16" s="7">
+      <c r="T16" s="7">
         <v>561</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>422</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>484</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>443</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>478</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>407</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>477</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>445</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>450</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>444</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>423</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>445</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
@@ -1961,55 +1961,55 @@
       </c>
       <c r="K17" s="6">
         <v>100</v>
       </c>
       <c r="L17" s="6">
         <v>100</v>
       </c>
       <c r="M17" s="6">
         <v>100</v>
       </c>
       <c r="N17" s="6">
         <v>100</v>
       </c>
       <c r="O17" s="6">
         <v>100</v>
       </c>
       <c r="P17" s="6">
         <v>100</v>
       </c>
       <c r="Q17" s="6">
         <v>100</v>
       </c>
       <c r="R17" s="6">
         <v>100</v>
       </c>
-      <c r="S17" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="S17" s="6">
+        <v>100</v>
+      </c>
+      <c r="T17" s="7">
+        <v>120</v>
       </c>
       <c r="U17" s="6">
         <v>100</v>
       </c>
       <c r="V17" s="6">
         <v>100</v>
       </c>
       <c r="W17" s="6">
         <v>100</v>
       </c>
       <c r="X17" s="6">
         <v>100</v>
       </c>
       <c r="Y17" s="6">
         <v>100</v>
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
@@ -3476,51 +3476,51 @@
       <c r="C39" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>11</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>13</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>126</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>16</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>127</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>18</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>20</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>21</v>
       </c>
@@ -3740,84 +3740,84 @@
       </c>
       <c r="AB41" s="7">
         <v>120</v>
       </c>
       <c r="AC41" s="7">
         <v>120</v>
       </c>
       <c r="AD41" s="7">
         <v>120</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>128</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>8</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>73</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>75</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>76</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>78</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>79</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>81</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>82</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>46</v>
       </c>