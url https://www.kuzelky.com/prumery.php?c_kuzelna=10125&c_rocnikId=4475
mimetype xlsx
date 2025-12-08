--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,61 +12,64 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>Výsledky hráčů družstva TJ Jáchymov na kuželně Jáchymov</t>
   </si>
   <si>
     <t>Irena Živná</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>13.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
@@ -110,162 +113,162 @@
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>8.10.2022</t>
   </si>
   <si>
     <t>17.9.2022</t>
   </si>
   <si>
     <t>26.3.2022</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Jiří Šrek</t>
+  </si>
+  <si>
+    <t>1.3.2025</t>
+  </si>
+  <si>
+    <t>4.11.2023</t>
+  </si>
+  <si>
+    <t>14.10.2023</t>
+  </si>
+  <si>
+    <t>5.11.2022</t>
+  </si>
+  <si>
+    <t>Dana Blaslová</t>
+  </si>
+  <si>
+    <t>2.12.2023</t>
+  </si>
+  <si>
+    <t>Miroslav Vlček</t>
+  </si>
+  <si>
+    <t>Zdeněk Hlavatý</t>
+  </si>
+  <si>
+    <t>19.9.2020</t>
+  </si>
+  <si>
+    <t>7.3.2020</t>
+  </si>
+  <si>
+    <t>22.2.2020</t>
+  </si>
+  <si>
+    <t>18.1.2020</t>
+  </si>
+  <si>
+    <t>23.11.2019</t>
+  </si>
+  <si>
+    <t>19.10.2019</t>
+  </si>
+  <si>
+    <t>28.9.2019</t>
+  </si>
+  <si>
+    <t>14.9.2019</t>
+  </si>
+  <si>
+    <t>9.3.2019</t>
+  </si>
+  <si>
+    <t>23.2.2019</t>
+  </si>
+  <si>
+    <t>19.1.2019</t>
+  </si>
+  <si>
+    <t>1.12.2018</t>
+  </si>
+  <si>
+    <t>10.11.2018</t>
+  </si>
+  <si>
+    <t>27.10.2018</t>
+  </si>
+  <si>
+    <t>13.10.2018</t>
+  </si>
+  <si>
+    <t>22.9.2018</t>
+  </si>
+  <si>
+    <t>4.2.2017</t>
+  </si>
+  <si>
+    <t>21.1.2017</t>
+  </si>
+  <si>
+    <t>5.11.2016</t>
+  </si>
+  <si>
+    <t>Ivana Nová</t>
+  </si>
+  <si>
+    <t>15.4.2023</t>
+  </si>
+  <si>
+    <t>25.3.2023</t>
+  </si>
+  <si>
+    <t>4.2.2023</t>
+  </si>
+  <si>
+    <t>26.11.2022</t>
+  </si>
+  <si>
+    <t>12.11.2022</t>
+  </si>
+  <si>
+    <t>24.9.2022</t>
+  </si>
+  <si>
     <t>12.3.2022</t>
-  </si>
-[...109 lines deleted...]
-    <t>24.9.2022</t>
   </si>
   <si>
     <t>19.2.2022</t>
   </si>
   <si>
     <t>5.2.2022</t>
   </si>
   <si>
     <t>20.11.2021</t>
   </si>
   <si>
     <t>6.11.2021</t>
   </si>
   <si>
     <t>11.9.2021</t>
   </si>
   <si>
     <t>26.9.2020</t>
   </si>
   <si>
     <t>Martin Kuchař</t>
   </si>
   <si>
     <t>Ladislav Martínek</t>
   </si>
@@ -877,138 +880,138 @@
       </c>
       <c r="AA3" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>404</v>
+      </c>
+      <c r="D4" s="4">
         <v>405</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>412</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>377</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>398</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>387</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>440</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>423</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>426</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>404</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>395</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>402</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>406</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>364</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>424</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>457</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>410</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>427</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>416</v>
       </c>
-      <c r="U4" s="5">
+      <c r="V4" s="5">
         <v>405</v>
       </c>
-      <c r="V4" s="5">
+      <c r="W4" s="5">
         <v>394</v>
       </c>
-      <c r="W4" s="5">
+      <c r="X4" s="5">
         <v>408</v>
       </c>
-      <c r="X4" s="5">
+      <c r="Y4" s="5">
         <v>445</v>
       </c>
-      <c r="Y4" s="5">
+      <c r="Z4" s="5">
         <v>402</v>
       </c>
-      <c r="Z4" s="5">
+      <c r="AA4" s="5">
         <v>445</v>
       </c>
-      <c r="AA4" s="5">
+      <c r="AB4" s="5">
         <v>398</v>
       </c>
-      <c r="AB4" s="5">
+      <c r="AC4" s="5">
         <v>423</v>
       </c>
-      <c r="AC4" s="5">
+      <c r="AD4" s="5">
         <v>426</v>
       </c>
-      <c r="AD4" s="5">
+      <c r="AE4" s="5">
         <v>481</v>
       </c>
-      <c r="AE4" s="5">
+      <c r="AF4" s="5">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
@@ -1025,183 +1028,183 @@
       </c>
       <c r="M5" s="4">
         <v>120</v>
       </c>
       <c r="N5" s="4">
         <v>120</v>
       </c>
       <c r="O5" s="4">
         <v>120</v>
       </c>
       <c r="P5" s="4">
         <v>120</v>
       </c>
       <c r="Q5" s="4">
         <v>120</v>
       </c>
       <c r="R5" s="4">
         <v>120</v>
       </c>
       <c r="S5" s="4">
         <v>120</v>
       </c>
       <c r="T5" s="4">
         <v>120</v>
       </c>
-      <c r="U5" s="7">
-        <v>100</v>
+      <c r="U5" s="4">
+        <v>120</v>
       </c>
       <c r="V5" s="7">
         <v>100</v>
       </c>
       <c r="W5" s="7">
         <v>100</v>
       </c>
       <c r="X5" s="7">
         <v>100</v>
       </c>
       <c r="Y5" s="7">
         <v>100</v>
       </c>
       <c r="Z5" s="7">
         <v>100</v>
       </c>
       <c r="AA5" s="7">
         <v>100</v>
       </c>
       <c r="AB5" s="7">
         <v>100</v>
       </c>
       <c r="AC5" s="7">
         <v>100</v>
       </c>
       <c r="AD5" s="7">
         <v>100</v>
       </c>
       <c r="AE5" s="7">
         <v>100</v>
       </c>
       <c r="AF5" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E7" s="7" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F7" s="7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G7" s="7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H7" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I7" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J7" s="7" t="s">
         <v>36</v>
       </c>
       <c r="K7" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L7" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="M7" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="N7" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="O7" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="P7" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="Q7" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="R7" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="S7" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="T7" s="7" t="s">
         <v>37</v>
       </c>
       <c r="U7" s="7" t="s">
         <v>38</v>
       </c>
       <c r="V7" s="7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="W7" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="X7" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="Y7" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Z7" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="AA7" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AB7" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AC7" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="AD7" s="7" t="s">
         <v>39</v>
       </c>
       <c r="AE7" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="AF7" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
         <v>377</v>
       </c>
       <c r="D8" s="4">
         <v>378</v>
       </c>
       <c r="E8" s="4">
         <v>387</v>
       </c>
       <c r="F8" s="4">
         <v>383</v>
       </c>
       <c r="G8" s="4">
         <v>415</v>
       </c>
       <c r="H8" s="4">
         <v>439</v>
       </c>
       <c r="I8" s="4">
@@ -1379,212 +1382,212 @@
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>7</v>
       </c>
       <c r="H11" s="7" t="s">
         <v>8</v>
       </c>
       <c r="I11" s="7" t="s">
         <v>9</v>
       </c>
       <c r="J11" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="K11" s="7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="L11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="M11" s="7" t="s">
         <v>12</v>
       </c>
       <c r="N11" s="7" t="s">
         <v>13</v>
       </c>
       <c r="O11" s="7" t="s">
         <v>14</v>
       </c>
       <c r="P11" s="7" t="s">
         <v>15</v>
       </c>
       <c r="Q11" s="7" t="s">
         <v>16</v>
       </c>
       <c r="R11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="S11" s="7" t="s">
         <v>18</v>
       </c>
       <c r="T11" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="U11" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="U11" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V11" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="W11" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="W11" s="7" t="s">
+      <c r="X11" s="7" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="Y11" s="7" t="s">
         <v>21</v>
       </c>
       <c r="Z11" s="7" t="s">
         <v>22</v>
       </c>
       <c r="AA11" s="7" t="s">
         <v>23</v>
       </c>
       <c r="AB11" s="7" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="AC11" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AD11" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="AE11" s="7" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="AF11" s="7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>382</v>
+      </c>
+      <c r="D12" s="4">
         <v>386</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>402</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>410</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>395</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>404</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>398</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>429</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>382</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>387</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>370</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>407</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>361</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>401</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>390</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>403</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>360</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>406</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>423</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>371</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>429</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>418</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>404</v>
       </c>
-      <c r="Y12" s="5">
+      <c r="Z12" s="5">
         <v>400</v>
       </c>
-      <c r="Z12" s="5">
+      <c r="AA12" s="5">
         <v>388</v>
       </c>
-      <c r="AA12" s="5">
+      <c r="AB12" s="5">
         <v>423</v>
       </c>
-      <c r="AB12" s="5">
+      <c r="AC12" s="5">
         <v>383</v>
       </c>
-      <c r="AC12" s="5">
+      <c r="AD12" s="5">
         <v>431</v>
       </c>
-      <c r="AD12" s="5">
+      <c r="AE12" s="5">
         <v>381</v>
       </c>
-      <c r="AE12" s="5">
+      <c r="AF12" s="5">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
         <v>120</v>
       </c>
       <c r="H13" s="4">
         <v>120</v>
       </c>
       <c r="I13" s="4">
@@ -1613,52 +1616,52 @@
       </c>
       <c r="Q13" s="4">
         <v>120</v>
       </c>
       <c r="R13" s="4">
         <v>120</v>
       </c>
       <c r="S13" s="4">
         <v>120</v>
       </c>
       <c r="T13" s="4">
         <v>120</v>
       </c>
       <c r="U13" s="4">
         <v>120</v>
       </c>
       <c r="V13" s="4">
         <v>120</v>
       </c>
       <c r="W13" s="4">
         <v>120</v>
       </c>
       <c r="X13" s="4">
         <v>120</v>
       </c>
-      <c r="Y13" s="7">
-        <v>100</v>
+      <c r="Y13" s="4">
+        <v>120</v>
       </c>
       <c r="Z13" s="7">
         <v>100</v>
       </c>
       <c r="AA13" s="7">
         <v>100</v>
       </c>
       <c r="AB13" s="7">
         <v>100</v>
       </c>
       <c r="AC13" s="7">
         <v>100</v>
       </c>
       <c r="AD13" s="7">
         <v>100</v>
       </c>
       <c r="AE13" s="7">
         <v>100</v>
       </c>
       <c r="AF13" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
@@ -1667,212 +1670,212 @@
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>7</v>
       </c>
       <c r="H15" s="7" t="s">
         <v>8</v>
       </c>
       <c r="I15" s="7" t="s">
         <v>9</v>
       </c>
       <c r="J15" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="K15" s="7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="L15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="M15" s="7" t="s">
         <v>12</v>
       </c>
       <c r="N15" s="7" t="s">
         <v>13</v>
       </c>
       <c r="O15" s="7" t="s">
         <v>14</v>
       </c>
       <c r="P15" s="7" t="s">
         <v>15</v>
       </c>
       <c r="Q15" s="7" t="s">
         <v>16</v>
       </c>
       <c r="R15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="S15" s="7" t="s">
         <v>18</v>
       </c>
       <c r="T15" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="U15" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="U15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V15" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="W15" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="W15" s="7" t="s">
+      <c r="X15" s="7" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="Y15" s="7" t="s">
         <v>21</v>
       </c>
       <c r="Z15" s="7" t="s">
         <v>22</v>
       </c>
       <c r="AA15" s="7" t="s">
         <v>23</v>
       </c>
       <c r="AB15" s="7" t="s">
         <v>24</v>
       </c>
       <c r="AC15" s="7" t="s">
         <v>25</v>
       </c>
       <c r="AD15" s="7" t="s">
         <v>26</v>
       </c>
       <c r="AE15" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AF15" s="7" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>400</v>
+      </c>
+      <c r="D16" s="4">
         <v>413</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>429</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>412</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>385</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>413</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>392</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>413</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>428</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>436</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>404</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
       <c r="O16" s="4">
         <v>424</v>
       </c>
       <c r="P16" s="4">
+        <v>424</v>
+      </c>
+      <c r="Q16" s="4">
         <v>422</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>420</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>432</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>391</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>389</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>432</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>440</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>414</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>412</v>
       </c>
-      <c r="Y16" s="5">
+      <c r="Z16" s="5">
         <v>431</v>
       </c>
-      <c r="Z16" s="5">
+      <c r="AA16" s="5">
         <v>439</v>
       </c>
-      <c r="AA16" s="5">
+      <c r="AB16" s="5">
         <v>425</v>
       </c>
-      <c r="AB16" s="5">
+      <c r="AC16" s="5">
         <v>426</v>
       </c>
-      <c r="AC16" s="5">
+      <c r="AD16" s="5">
         <v>437</v>
       </c>
-      <c r="AD16" s="5">
+      <c r="AE16" s="5">
         <v>443</v>
       </c>
-      <c r="AE16" s="5">
+      <c r="AF16" s="5">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">
@@ -1901,52 +1904,52 @@
       </c>
       <c r="Q17" s="4">
         <v>120</v>
       </c>
       <c r="R17" s="4">
         <v>120</v>
       </c>
       <c r="S17" s="4">
         <v>120</v>
       </c>
       <c r="T17" s="4">
         <v>120</v>
       </c>
       <c r="U17" s="4">
         <v>120</v>
       </c>
       <c r="V17" s="4">
         <v>120</v>
       </c>
       <c r="W17" s="4">
         <v>120</v>
       </c>
       <c r="X17" s="4">
         <v>120</v>
       </c>
-      <c r="Y17" s="7">
-        <v>100</v>
+      <c r="Y17" s="4">
+        <v>120</v>
       </c>
       <c r="Z17" s="7">
         <v>100</v>
       </c>
       <c r="AA17" s="7">
         <v>100</v>
       </c>
       <c r="AB17" s="7">
         <v>100</v>
       </c>
       <c r="AC17" s="7">
         <v>100</v>
       </c>
       <c r="AD17" s="7">
         <v>100</v>
       </c>
       <c r="AE17" s="7">
         <v>100</v>
       </c>
       <c r="AF17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
@@ -2135,268 +2138,268 @@
       </c>
       <c r="U21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G23" s="7" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H23" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="I23" s="7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>12</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>13</v>
       </c>
       <c r="L23" s="7" t="s">
         <v>14</v>
       </c>
       <c r="M23" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="N23" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="N23" s="7" t="s">
+      <c r="O23" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="O23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P23" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="Q23" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="Q23" s="7" t="s">
+      <c r="R23" s="7" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="S23" s="7" t="s">
         <v>25</v>
       </c>
       <c r="T23" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="U23" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="U23" s="7" t="s">
+      <c r="V23" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="V23" s="7" t="s">
+      <c r="W23" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="W23" s="7" t="s">
+      <c r="X23" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="X23" s="7" t="s">
+      <c r="Y23" s="7" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="Z23" s="7" t="s">
         <v>70</v>
       </c>
       <c r="AA23" s="7" t="s">
         <v>71</v>
       </c>
       <c r="AB23" s="7" t="s">
         <v>72</v>
       </c>
       <c r="AC23" s="7" t="s">
         <v>73</v>
       </c>
       <c r="AD23" s="7" t="s">
         <v>74</v>
       </c>
       <c r="AE23" s="7" t="s">
         <v>75</v>
       </c>
       <c r="AF23" s="7" t="s">
-        <v>45</v>
+        <v>76</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>432</v>
+      </c>
+      <c r="D24" s="4">
         <v>413</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>451</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>454</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>436</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>387</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
       <c r="J24" s="4">
         <v>423</v>
       </c>
       <c r="K24" s="4">
+        <v>423</v>
+      </c>
+      <c r="L24" s="4">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
       <c r="M24" s="4">
         <v>411</v>
       </c>
       <c r="N24" s="4">
+        <v>411</v>
+      </c>
+      <c r="O24" s="4">
         <v>385</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>423</v>
       </c>
-      <c r="P24" s="5">
+      <c r="Q24" s="5">
         <v>450</v>
       </c>
-      <c r="Q24" s="5">
+      <c r="R24" s="5">
         <v>376</v>
       </c>
-      <c r="R24" s="5">
+      <c r="S24" s="5">
         <v>433</v>
       </c>
-      <c r="S24" s="5">
+      <c r="T24" s="5">
         <v>425</v>
       </c>
-      <c r="T24" s="5">
+      <c r="U24" s="5">
         <v>406</v>
       </c>
-      <c r="U24" s="5">
+      <c r="V24" s="5">
         <v>413</v>
       </c>
-      <c r="V24" s="5">
+      <c r="W24" s="5">
         <v>412</v>
       </c>
-      <c r="W24" s="5">
+      <c r="X24" s="5">
         <v>428</v>
       </c>
-      <c r="X24" s="5">
+      <c r="Y24" s="5">
         <v>383</v>
       </c>
-      <c r="Y24" s="5">
+      <c r="Z24" s="5">
         <v>411</v>
       </c>
-      <c r="Z24" s="5">
+      <c r="AA24" s="5">
         <v>396</v>
       </c>
-      <c r="AA24" s="5">
+      <c r="AB24" s="5">
         <v>423</v>
       </c>
-      <c r="AB24" s="5">
+      <c r="AC24" s="5">
         <v>407</v>
       </c>
-      <c r="AC24" s="5">
+      <c r="AD24" s="5">
         <v>395</v>
       </c>
-      <c r="AD24" s="5">
+      <c r="AE24" s="5">
         <v>411</v>
       </c>
-      <c r="AE24" s="5">
+      <c r="AF24" s="5">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="4">
         <v>120</v>
       </c>
       <c r="G25" s="4">
         <v>120</v>
       </c>
       <c r="H25" s="4">
         <v>120</v>
       </c>
       <c r="I25" s="4">
         <v>120</v>
       </c>
       <c r="J25" s="4">
         <v>120</v>
       </c>
       <c r="K25" s="4">
         <v>120</v>
       </c>
       <c r="L25" s="4">
         <v>120</v>
       </c>
       <c r="M25" s="4">
         <v>120</v>
       </c>
       <c r="N25" s="4">
         <v>120</v>
       </c>
       <c r="O25" s="4">
         <v>120</v>
       </c>
-      <c r="P25" s="7">
-        <v>100</v>
+      <c r="P25" s="4">
+        <v>120</v>
       </c>
       <c r="Q25" s="7">
         <v>100</v>
       </c>
       <c r="R25" s="7">
         <v>100</v>
       </c>
       <c r="S25" s="7">
         <v>100</v>
       </c>
       <c r="T25" s="7">
         <v>100</v>
       </c>
       <c r="U25" s="7">
         <v>100</v>
       </c>
       <c r="V25" s="7">
         <v>100</v>
       </c>
       <c r="W25" s="7">
         <v>100</v>
       </c>
       <c r="X25" s="7">
         <v>100</v>
       </c>
@@ -2405,239 +2408,239 @@
       </c>
       <c r="Z25" s="7">
         <v>100</v>
       </c>
       <c r="AA25" s="7">
         <v>100</v>
       </c>
       <c r="AB25" s="7">
         <v>100</v>
       </c>
       <c r="AC25" s="7">
         <v>100</v>
       </c>
       <c r="AD25" s="7">
         <v>100</v>
       </c>
       <c r="AE25" s="7">
         <v>100</v>
       </c>
       <c r="AF25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>7</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>8</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>9</v>
       </c>
       <c r="J27" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="K27" s="7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="L27" s="7" t="s">
         <v>11</v>
       </c>
       <c r="M27" s="7" t="s">
         <v>12</v>
       </c>
       <c r="N27" s="7" t="s">
         <v>13</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>14</v>
       </c>
       <c r="P27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="Q27" s="7" t="s">
         <v>16</v>
       </c>
       <c r="R27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="S27" s="7" t="s">
         <v>18</v>
       </c>
       <c r="T27" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="U27" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="U27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V27" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="W27" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="W27" s="7" t="s">
+      <c r="X27" s="7" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="Y27" s="7" t="s">
         <v>21</v>
       </c>
       <c r="Z27" s="7" t="s">
         <v>22</v>
       </c>
       <c r="AA27" s="7" t="s">
         <v>23</v>
       </c>
       <c r="AB27" s="7" t="s">
         <v>24</v>
       </c>
       <c r="AC27" s="7" t="s">
         <v>25</v>
       </c>
       <c r="AD27" s="7" t="s">
         <v>26</v>
       </c>
       <c r="AE27" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AF27" s="7" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>401</v>
+      </c>
+      <c r="D28" s="4">
         <v>413</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>455</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>423</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>389</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>412</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>413</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>418</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>414</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>413</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>429</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>439</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>438</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>437</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>447</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>427</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>419</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>410</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>450</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>443</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>391</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>405</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>400</v>
       </c>
-      <c r="Y28" s="5">
+      <c r="Z28" s="5">
         <v>387</v>
       </c>
-      <c r="Z28" s="5">
+      <c r="AA28" s="5">
         <v>401</v>
       </c>
-      <c r="AA28" s="5">
+      <c r="AB28" s="5">
         <v>415</v>
       </c>
-      <c r="AB28" s="5">
+      <c r="AC28" s="5">
         <v>402</v>
       </c>
-      <c r="AC28" s="5">
+      <c r="AD28" s="5">
         <v>406</v>
       </c>
-      <c r="AD28" s="5">
+      <c r="AE28" s="5">
         <v>419</v>
       </c>
-      <c r="AE28" s="5">
+      <c r="AF28" s="5">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
@@ -2666,171 +2669,171 @@
       </c>
       <c r="Q29" s="4">
         <v>120</v>
       </c>
       <c r="R29" s="4">
         <v>120</v>
       </c>
       <c r="S29" s="4">
         <v>120</v>
       </c>
       <c r="T29" s="4">
         <v>120</v>
       </c>
       <c r="U29" s="4">
         <v>120</v>
       </c>
       <c r="V29" s="4">
         <v>120</v>
       </c>
       <c r="W29" s="4">
         <v>120</v>
       </c>
       <c r="X29" s="4">
         <v>120</v>
       </c>
-      <c r="Y29" s="7">
-        <v>100</v>
+      <c r="Y29" s="4">
+        <v>120</v>
       </c>
       <c r="Z29" s="7">
         <v>100</v>
       </c>
       <c r="AA29" s="7">
         <v>100</v>
       </c>
       <c r="AB29" s="7">
         <v>100</v>
       </c>
       <c r="AC29" s="7">
         <v>100</v>
       </c>
       <c r="AD29" s="7">
         <v>100</v>
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I31" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="J31" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L31" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M31" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>37</v>
       </c>
       <c r="O31" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>64</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>65</v>
       </c>
       <c r="R31" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="S31" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="T31" s="7" t="s">
         <v>69</v>
       </c>
       <c r="U31" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="V31" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="W31" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="X31" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="Y31" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="Z31" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AA31" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="AB31" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AC31" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AD31" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AE31" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AF31" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="5">
         <v>425</v>
       </c>
       <c r="D32" s="5">
         <v>391</v>
       </c>
       <c r="E32" s="5">
         <v>440</v>
       </c>
       <c r="F32" s="5">
         <v>391</v>
       </c>
       <c r="G32" s="5">
         <v>388</v>
       </c>
       <c r="H32" s="5">
         <v>397</v>
       </c>
       <c r="I32" s="4">