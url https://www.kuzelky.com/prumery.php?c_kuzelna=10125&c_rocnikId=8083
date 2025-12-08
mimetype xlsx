--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -278,50 +278,53 @@
   <si>
     <t>15.2.2020</t>
   </si>
   <si>
     <t>30.11.2019</t>
   </si>
   <si>
     <t>16.11.2019</t>
   </si>
   <si>
     <t>5.10.2019</t>
   </si>
   <si>
     <t>30.3.2019</t>
   </si>
   <si>
     <t>17.11.2018</t>
   </si>
   <si>
     <t>20.10.2018</t>
   </si>
   <si>
     <t>Ivana Nová</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>13.9.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>2.11.2024</t>
@@ -345,53 +348,50 @@
     <t>11.2.2023</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
     <t>19.2.2022</t>
   </si>
   <si>
     <t>5.2.2022</t>
   </si>
   <si>
     <t>20.11.2021</t>
   </si>
   <si>
     <t>6.11.2021</t>
   </si>
   <si>
     <t>11.9.2021</t>
   </si>
   <si>
     <t>26.9.2020</t>
-  </si>
-[...1 lines deleted...]
-    <t>7.3.2020</t>
   </si>
   <si>
     <t>Ladislav Martínek</t>
   </si>
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>1.2.2020</t>
   </si>
   <si>
     <t>Jaroslav Stulík</t>
   </si>
   <si>
     <t>Oksana Zagorskaia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
@@ -2375,241 +2375,241 @@
       <c r="H27" s="6" t="s">
         <v>93</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>94</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>95</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>96</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>97</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>98</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>99</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>100</v>
       </c>
       <c r="P27" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="Q27" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="Q27" s="6" t="s">
+      <c r="R27" s="6" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>102</v>
       </c>
       <c r="T27" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="U27" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="U27" s="6" t="s">
+      <c r="V27" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="V27" s="6" t="s">
+      <c r="W27" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="W27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X27" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="Y27" s="6" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>105</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>106</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>107</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>108</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>109</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>110</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C28" s="7">
+        <v>432</v>
+      </c>
+      <c r="D28" s="7">
         <v>413</v>
       </c>
-      <c r="D28" s="7">
+      <c r="E28" s="7">
         <v>451</v>
       </c>
-      <c r="E28" s="7">
+      <c r="F28" s="7">
         <v>454</v>
       </c>
-      <c r="F28" s="7">
+      <c r="G28" s="7">
         <v>436</v>
       </c>
-      <c r="G28" s="7">
+      <c r="H28" s="7">
         <v>387</v>
       </c>
-      <c r="H28" s="7">
+      <c r="I28" s="7">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
       <c r="J28" s="7">
         <v>423</v>
       </c>
       <c r="K28" s="7">
+        <v>423</v>
+      </c>
+      <c r="L28" s="7">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
       <c r="M28" s="7">
         <v>411</v>
       </c>
       <c r="N28" s="7">
+        <v>411</v>
+      </c>
+      <c r="O28" s="7">
         <v>385</v>
       </c>
-      <c r="O28" s="7">
+      <c r="P28" s="7">
         <v>423</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>450</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>376</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>433</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>425</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>406</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>413</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>412</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>428</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>383</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>411</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>396</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>423</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>407</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>395</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>411</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="7">
         <v>120</v>
       </c>
       <c r="D29" s="7">
         <v>120</v>
       </c>
       <c r="E29" s="7">
         <v>120</v>
       </c>
       <c r="F29" s="7">
         <v>120</v>
       </c>
       <c r="G29" s="7">
         <v>120</v>
       </c>
       <c r="H29" s="7">
         <v>120</v>
       </c>
       <c r="I29" s="7">
         <v>120</v>
       </c>
       <c r="J29" s="7">
         <v>120</v>
       </c>
       <c r="K29" s="7">
         <v>120</v>
       </c>
       <c r="L29" s="7">
         <v>120</v>
       </c>
       <c r="M29" s="7">
         <v>120</v>
       </c>
       <c r="N29" s="7">
         <v>120</v>
       </c>
       <c r="O29" s="7">
         <v>120</v>
       </c>
-      <c r="P29" s="6">
-        <v>100</v>
+      <c r="P29" s="7">
+        <v>120</v>
       </c>
       <c r="Q29" s="6">
         <v>100</v>
       </c>
       <c r="R29" s="6">
         <v>100</v>
       </c>
       <c r="S29" s="6">
         <v>100</v>
       </c>
       <c r="T29" s="6">
         <v>100</v>
       </c>
       <c r="U29" s="6">
         <v>100</v>
       </c>
       <c r="V29" s="6">
         <v>100</v>
       </c>
       <c r="W29" s="6">
         <v>100</v>
       </c>
       <c r="X29" s="6">
         <v>100</v>
       </c>
@@ -2642,51 +2642,51 @@
       <c r="A31" s="2" t="s">
         <v>112</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>33</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>66</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>34</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>4</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>36</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>67</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>40</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>113</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>56</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>57</v>
       </c>