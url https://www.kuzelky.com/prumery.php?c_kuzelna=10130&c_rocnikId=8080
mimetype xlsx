--- v0 (2025-12-05)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>Výsledky hráčů družstva So.Útvina B na kuželně Sokol Útvina</t>
   </si>
   <si>
     <t>Karel Pejšek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>5.4.2024</t>
   </si>
   <si>
     <t>23.3.2024</t>
   </si>
   <si>
@@ -309,50 +309,53 @@
     <t>18.10.2018</t>
   </si>
   <si>
     <t>Jaroslav Palán</t>
   </si>
   <si>
     <t>4.12.2025</t>
   </si>
   <si>
     <t>5.2.2022</t>
   </si>
   <si>
     <t>14.3.2019</t>
   </si>
   <si>
     <t>23.2.2019</t>
   </si>
   <si>
     <t>5.2.2019</t>
   </si>
   <si>
     <t>15.11.2018</t>
   </si>
   <si>
     <t>Pavel Sýkora</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>23.11.2025</t>
   </si>
   <si>
     <t>2.11.2025</t>
   </si>
   <si>
     <t>19.10.2025</t>
   </si>
   <si>
     <t>21.9.2025</t>
   </si>
   <si>
     <t>8.11.2024</t>
   </si>
   <si>
     <t>3.11.2018</t>
   </si>
   <si>
     <t>Filip Kalina</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
@@ -784,51 +787,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="Q53" sqref="Q53"/>
+      <selection activeCell="R53" sqref="R53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
@@ -2465,181 +2468,187 @@
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>99</v>
       </c>
       <c r="D39" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="E39" s="6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>101</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>102</v>
       </c>
       <c r="H39" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="I39" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="I39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J39" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="K39" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="K39" s="6" t="s">
+      <c r="L39" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="L39" s="6" t="s">
+      <c r="M39" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="M39" s="6" t="s">
+      <c r="N39" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="N39" s="6" t="s">
+      <c r="O39" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="O39" s="6" t="s">
+      <c r="P39" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="P39" s="6" t="s">
+      <c r="Q39" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="Q39" s="6" t="s">
+      <c r="R39" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="R39" s="6" t="s">
+      <c r="S39" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="S39" s="6" t="s">
+      <c r="T39" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="T39" s="6" t="s">
+      <c r="U39" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="U39" s="6" t="s">
+      <c r="V39" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="V39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W39" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="X39" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="X39" s="6" t="s">
+      <c r="Y39" s="6" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
+        <v>374</v>
+      </c>
+      <c r="D40" s="4">
         <v>317</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>325</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>357</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>377</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>318</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>360</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>342</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>324</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>393</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>370</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>363</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>356</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>368</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>323</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>347</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="T40" s="4">
         <v>355</v>
       </c>
       <c r="U40" s="4">
+        <v>355</v>
+      </c>
+      <c r="V40" s="4">
         <v>363</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>318</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>329</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>359</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
@@ -2669,96 +2678,99 @@
       </c>
       <c r="Q41" s="6">
         <v>100</v>
       </c>
       <c r="R41" s="6">
         <v>100</v>
       </c>
       <c r="S41" s="6">
         <v>100</v>
       </c>
       <c r="T41" s="6">
         <v>100</v>
       </c>
       <c r="U41" s="6">
         <v>100</v>
       </c>
       <c r="V41" s="6">
         <v>100</v>
       </c>
       <c r="W41" s="6">
         <v>100</v>
       </c>
       <c r="X41" s="6">
         <v>100</v>
       </c>
+      <c r="Y41" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>45</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>87</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>11</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>13</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>16</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>17</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>20</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>21</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>22</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>23</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>24</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
@@ -2870,243 +2882,252 @@
       </c>
       <c r="P45" s="6">
         <v>100</v>
       </c>
       <c r="Q45" s="6">
         <v>100</v>
       </c>
       <c r="R45" s="6">
         <v>100</v>
       </c>
       <c r="S45" s="6">
         <v>100</v>
       </c>
       <c r="T45" s="6">
         <v>100</v>
       </c>
       <c r="U45" s="6">
         <v>100</v>
       </c>
       <c r="V45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>16</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>267</v>
       </c>
       <c r="D48" s="4">
         <v>281</v>
       </c>
       <c r="E48" s="4">
         <v>294</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>99</v>
       </c>
       <c r="D51" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="E51" s="6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>101</v>
       </c>
       <c r="G51" s="6" t="s">
         <v>102</v>
       </c>
       <c r="H51" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="I51" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="I51" s="6" t="s">
+      <c r="J51" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="J51" s="6" t="s">
+      <c r="K51" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="K51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L51" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="M51" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="M51" s="6" t="s">
+      <c r="N51" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="N51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O51" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="P51" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="P51" s="6" t="s">
+      <c r="Q51" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="Q51" s="6" t="s">
+      <c r="R51" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
+        <v>410</v>
+      </c>
+      <c r="D52" s="4">
         <v>367</v>
       </c>
-      <c r="D52" s="4">
+      <c r="E52" s="4">
         <v>385</v>
       </c>
-      <c r="E52" s="4">
+      <c r="F52" s="4">
         <v>380</v>
       </c>
-      <c r="F52" s="4">
+      <c r="G52" s="4">
         <v>400</v>
       </c>
-      <c r="G52" s="4">
+      <c r="H52" s="4">
         <v>412</v>
       </c>
-      <c r="H52" s="4">
+      <c r="I52" s="4">
         <v>408</v>
       </c>
-      <c r="I52" s="4">
+      <c r="J52" s="4">
         <v>394</v>
       </c>
-      <c r="J52" s="4">
+      <c r="K52" s="4">
         <v>375</v>
       </c>
-      <c r="K52" s="4">
+      <c r="L52" s="4">
         <v>389</v>
       </c>
-      <c r="L52" s="4">
+      <c r="M52" s="4">
         <v>396</v>
       </c>
-      <c r="M52" s="7">
+      <c r="N52" s="7">
         <v>364</v>
       </c>
-      <c r="N52" s="4">
+      <c r="O52" s="4">
         <v>384</v>
       </c>
-      <c r="O52" s="4">
+      <c r="P52" s="4">
         <v>350</v>
       </c>
-      <c r="P52" s="4">
+      <c r="Q52" s="4">
         <v>381</v>
       </c>
-      <c r="Q52" s="4">
+      <c r="R52" s="4">
         <v>357</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C53" s="6">
         <v>100</v>
       </c>
       <c r="D53" s="6">
         <v>100</v>
       </c>
       <c r="E53" s="6">
         <v>100</v>
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
       <c r="H53" s="6">
         <v>100</v>
       </c>
       <c r="I53" s="6">
         <v>100</v>
       </c>
       <c r="J53" s="6">
         <v>100</v>
       </c>
       <c r="K53" s="6">
         <v>100</v>
       </c>
       <c r="L53" s="6">
         <v>100</v>
       </c>
-      <c r="M53" s="7">
+      <c r="M53" s="6">
+        <v>100</v>
+      </c>
+      <c r="N53" s="7">
         <v>120</v>
       </c>
-      <c r="N53" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="O53" s="6">
         <v>100</v>
       </c>
       <c r="P53" s="6">
         <v>100</v>
       </c>
       <c r="Q53" s="6">
+        <v>100</v>
+      </c>
+      <c r="R53" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>