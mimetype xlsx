--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -122,50 +122,53 @@
   <si>
     <t>19.3.2022</t>
   </si>
   <si>
     <t>26.2.2022</t>
   </si>
   <si>
     <t>22.1.2022</t>
   </si>
   <si>
     <t>4.12.2021</t>
   </si>
   <si>
     <t>27.11.2021</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Jaroslav Bulant</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>12.4.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>27.2.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>23.11.2024</t>
@@ -294,53 +297,50 @@
     <t>16.3.2019</t>
   </si>
   <si>
     <t>2.3.2019</t>
   </si>
   <si>
     <t>16.2.2019</t>
   </si>
   <si>
     <t>9.2.2019</t>
   </si>
   <si>
     <t>2.2.2019</t>
   </si>
   <si>
     <t>19.1.2019</t>
   </si>
   <si>
     <t>Antonín Valeška</t>
   </si>
   <si>
     <t>Martin Hurta</t>
   </si>
   <si>
     <t>14.1.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>26.11.2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1049,54 +1049,54 @@
       </c>
       <c r="AC5" s="4">
         <v>120</v>
       </c>
       <c r="AD5" s="4">
         <v>120</v>
       </c>
       <c r="AE5" s="4">
         <v>120</v>
       </c>
       <c r="AF5" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" s="6" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>45</v>
       </c>
@@ -1133,163 +1133,163 @@
       <c r="X7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Z7" s="6" t="s">
         <v>58</v>
       </c>
       <c r="AA7" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>61</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>62</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>63</v>
       </c>
       <c r="AF7" s="6" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="7">
+        <v>490</v>
+      </c>
+      <c r="D8" s="7">
         <v>439</v>
       </c>
-      <c r="D8" s="7">
+      <c r="E8" s="7">
         <v>461</v>
       </c>
-      <c r="E8" s="7">
+      <c r="F8" s="7">
         <v>462</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>529</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>579</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>533</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>569</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>576</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>539</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>579</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>554</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>529</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>563</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>564</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>568</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>564</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>577</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>560</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>563</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>568</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>592</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>527</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>565</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>554</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>579</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>559</v>
       </c>
-      <c r="AC8" s="7">
+      <c r="AD8" s="7">
         <v>479</v>
       </c>
-      <c r="AD8" s="7">
+      <c r="AE8" s="7">
         <v>468</v>
       </c>
-      <c r="AE8" s="7">
+      <c r="AF8" s="7">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
-      <c r="F9" s="4">
-        <v>120</v>
+      <c r="F9" s="6">
+        <v>100</v>
       </c>
       <c r="G9" s="4">
         <v>120</v>
       </c>
       <c r="H9" s="4">
         <v>120</v>
       </c>
       <c r="I9" s="4">
         <v>120</v>
       </c>
       <c r="J9" s="4">
         <v>120</v>
       </c>
       <c r="K9" s="4">
         <v>120</v>
       </c>
       <c r="L9" s="4">
         <v>120</v>
       </c>
       <c r="M9" s="4">
         <v>120</v>
       </c>
       <c r="N9" s="4">
         <v>120</v>
       </c>
@@ -1313,150 +1313,150 @@
       </c>
       <c r="U9" s="4">
         <v>120</v>
       </c>
       <c r="V9" s="4">
         <v>120</v>
       </c>
       <c r="W9" s="4">
         <v>120</v>
       </c>
       <c r="X9" s="4">
         <v>120</v>
       </c>
       <c r="Y9" s="4">
         <v>120</v>
       </c>
       <c r="Z9" s="4">
         <v>120</v>
       </c>
       <c r="AA9" s="4">
         <v>120</v>
       </c>
       <c r="AB9" s="4">
         <v>120</v>
       </c>
-      <c r="AC9" s="6">
-        <v>100</v>
+      <c r="AC9" s="4">
+        <v>120</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>21</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>23</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>24</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>26</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>27</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>28</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>29</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>30</v>
       </c>
       <c r="V11" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>31</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>32</v>
       </c>
       <c r="Y11" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="Z11" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="AA11" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="AB11" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="AC11" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
         <v>525</v>
       </c>
       <c r="D12" s="4">
         <v>541</v>
       </c>
       <c r="E12" s="4">
         <v>531</v>
       </c>
       <c r="F12" s="4">
         <v>528</v>
       </c>
       <c r="G12" s="4">
         <v>574</v>
       </c>
       <c r="H12" s="4">
         <v>602</v>
       </c>
       <c r="I12" s="4">
@@ -1589,51 +1589,51 @@
       </c>
       <c r="W13" s="4">
         <v>120</v>
       </c>
       <c r="X13" s="4">
         <v>120</v>
       </c>
       <c r="Y13" s="4">
         <v>120</v>
       </c>
       <c r="Z13" s="4">
         <v>120</v>
       </c>
       <c r="AA13" s="4">
         <v>120</v>
       </c>
       <c r="AB13" s="4">
         <v>120</v>
       </c>
       <c r="AC13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>16</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>19</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>20</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>21</v>
       </c>
@@ -1649,84 +1649,84 @@
       <c r="M15" s="6" t="s">
         <v>25</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>26</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>30</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="W15" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="Y15" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AA15" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AC15" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AE15" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>564</v>
       </c>
       <c r="D16" s="4">
         <v>583</v>
       </c>
       <c r="E16" s="4">
         <v>575</v>
       </c>
       <c r="F16" s="4">
         <v>584</v>
       </c>
       <c r="G16" s="4">
         <v>589</v>
       </c>
       <c r="H16" s="4">
         <v>531</v>
       </c>
       <c r="I16" s="4">
@@ -1877,144 +1877,144 @@
       </c>
       <c r="Z17" s="4">
         <v>120</v>
       </c>
       <c r="AA17" s="4">
         <v>120</v>
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="W19" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AA19" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AB19" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AF19" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>549</v>
       </c>
       <c r="D20" s="4">
         <v>569</v>
       </c>
       <c r="E20" s="4">
         <v>546</v>
       </c>
       <c r="F20" s="4">
         <v>531</v>
       </c>
       <c r="G20" s="4">
         <v>566</v>
       </c>
       <c r="H20" s="4">
         <v>572</v>
       </c>
       <c r="I20" s="4">
@@ -2165,51 +2165,51 @@
       </c>
       <c r="Z21" s="4">
         <v>120</v>
       </c>
       <c r="AA21" s="4">
         <v>120</v>
       </c>
       <c r="AB21" s="4">
         <v>120</v>
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>16</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>20</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>21</v>
       </c>
@@ -2225,57 +2225,57 @@
       <c r="M23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>26</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>30</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>31</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>32</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>577</v>
       </c>
       <c r="D24" s="4">
         <v>593</v>
       </c>
       <c r="E24" s="4">
         <v>574</v>
       </c>
       <c r="F24" s="4">
         <v>595</v>
       </c>
       <c r="G24" s="4">
         <v>565</v>
       </c>
       <c r="H24" s="4">
         <v>633</v>
       </c>
       <c r="I24" s="4">
@@ -2372,256 +2372,256 @@
       </c>
       <c r="Q25" s="4">
         <v>120</v>
       </c>
       <c r="R25" s="4">
         <v>120</v>
       </c>
       <c r="S25" s="4">
         <v>120</v>
       </c>
       <c r="T25" s="4">
         <v>120</v>
       </c>
       <c r="U25" s="4">
         <v>120</v>
       </c>
       <c r="V25" s="4">
         <v>120</v>
       </c>
       <c r="W25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D27" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E27" s="6" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>38</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>41</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>42</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>45</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>46</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>48</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>50</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>51</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>52</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>55</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>56</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>57</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>58</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AA27" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="AB27" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="AB27" s="6" t="s">
+      <c r="AC27" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="AC27" s="6" t="s">
+      <c r="AD27" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="7">
+        <v>475</v>
+      </c>
+      <c r="D28" s="7">
         <v>468</v>
       </c>
-      <c r="D28" s="7">
+      <c r="E28" s="7">
         <v>459</v>
       </c>
-      <c r="E28" s="7">
+      <c r="F28" s="7">
         <v>454</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>526</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>535</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>536</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>551</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>562</v>
       </c>
       <c r="L28" s="4">
         <v>562</v>
       </c>
       <c r="M28" s="4">
+        <v>562</v>
+      </c>
+      <c r="N28" s="4">
         <v>528</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>511</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>506</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>566</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>517</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>558</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>556</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>574</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>610</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>559</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>562</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>572</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>515</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>533</v>
       </c>
-      <c r="AA28" s="7">
+      <c r="AB28" s="7">
         <v>443</v>
       </c>
-      <c r="AB28" s="7">
+      <c r="AC28" s="7">
         <v>488</v>
       </c>
-      <c r="AC28" s="7">
+      <c r="AD28" s="7">
         <v>445</v>
       </c>
-      <c r="AD28" s="7">
+      <c r="AE28" s="7">
         <v>436</v>
       </c>
-      <c r="AE28" s="7">
+      <c r="AF28" s="7">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
-      <c r="F29" s="4">
-        <v>120</v>
+      <c r="F29" s="6">
+        <v>100</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
         <v>120</v>
       </c>
       <c r="J29" s="4">
         <v>120</v>
       </c>
       <c r="K29" s="4">
         <v>120</v>
       </c>
       <c r="L29" s="4">
         <v>120</v>
       </c>
       <c r="M29" s="4">
         <v>120</v>
       </c>
       <c r="N29" s="4">
         <v>120</v>
       </c>
@@ -2639,52 +2639,52 @@
       </c>
       <c r="S29" s="4">
         <v>120</v>
       </c>
       <c r="T29" s="4">
         <v>120</v>
       </c>
       <c r="U29" s="4">
         <v>120</v>
       </c>
       <c r="V29" s="4">
         <v>120</v>
       </c>
       <c r="W29" s="4">
         <v>120</v>
       </c>
       <c r="X29" s="4">
         <v>120</v>
       </c>
       <c r="Y29" s="4">
         <v>120</v>
       </c>
       <c r="Z29" s="4">
         <v>120</v>
       </c>
-      <c r="AA29" s="6">
-        <v>100</v>
+      <c r="AA29" s="4">
+        <v>120</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>