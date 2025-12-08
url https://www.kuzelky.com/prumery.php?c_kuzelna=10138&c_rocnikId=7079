--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
   <si>
     <t>Výsledky hráčů družstva Loko Cheb B  na kuželně Lokomotiva Cheb</t>
   </si>
   <si>
     <t>Miroslav Pivoňka</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>10.2.2024</t>
   </si>
   <si>
     <t>3.2.2024</t>
   </si>
   <si>
     <t>20.1.2024</t>
   </si>
   <si>
     <t>7.10.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
@@ -269,50 +269,53 @@
   <si>
     <t>17.2.2024</t>
   </si>
   <si>
     <t>25.11.2023</t>
   </si>
   <si>
     <t>18.11.2023</t>
   </si>
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>23.9.2023</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>11.3.2023</t>
   </si>
   <si>
     <t>Pavel Feksa</t>
   </si>
   <si>
+    <t>7.12.2025</t>
+  </si>
+  <si>
     <t>26.11.2025</t>
   </si>
   <si>
     <t>23.11.2025</t>
   </si>
   <si>
     <t>9.11.2025</t>
   </si>
   <si>
     <t>28.9.2025</t>
   </si>
   <si>
     <t>30.3.2025</t>
   </si>
   <si>
     <t>16.3.2025</t>
   </si>
   <si>
     <t>23.2.2025</t>
   </si>
   <si>
     <t>13.2.2025</t>
   </si>
   <si>
     <t>14.11.2024</t>
@@ -341,102 +344,102 @@
   <si>
     <t>1.10.2023</t>
   </si>
   <si>
     <t>19.2.2023</t>
   </si>
   <si>
     <t>5.2.2023</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>24.9.2022</t>
   </si>
   <si>
     <t>6.11.2021</t>
   </si>
   <si>
-    <t>28.9.2019</t>
-[...1 lines deleted...]
-  <si>
     <t>Dagmar Rajlichová</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>Petr Rajlich</t>
   </si>
   <si>
     <t>Jiří Jaroš</t>
   </si>
   <si>
     <t>Jiří Nováček</t>
   </si>
   <si>
     <t>15.4.2023</t>
   </si>
   <si>
     <t>Adolf Klepáček</t>
   </si>
   <si>
     <t>12.10.2025</t>
   </si>
   <si>
     <t>4.4.2024</t>
   </si>
   <si>
     <t>17.3.2024</t>
   </si>
   <si>
     <t>19.3.2023</t>
   </si>
   <si>
     <t>5.3.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>9.10.2022</t>
   </si>
   <si>
     <t>Jakub Růžička</t>
   </si>
   <si>
     <t>Jiří Čížek</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>14.10.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>Jiří Vácha</t>
   </si>
   <si>
     <t>Jiří Marek</t>
   </si>
   <si>
     <t>13.3.2025</t>
   </si>
@@ -1796,182 +1799,182 @@
       <c r="L15" s="7" t="s">
         <v>94</v>
       </c>
       <c r="M15" s="7" t="s">
         <v>95</v>
       </c>
       <c r="N15" s="7" t="s">
         <v>96</v>
       </c>
       <c r="O15" s="7" t="s">
         <v>97</v>
       </c>
       <c r="P15" s="7" t="s">
         <v>98</v>
       </c>
       <c r="Q15" s="7" t="s">
         <v>99</v>
       </c>
       <c r="R15" s="7" t="s">
         <v>100</v>
       </c>
       <c r="S15" s="7" t="s">
         <v>101</v>
       </c>
       <c r="T15" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="U15" s="7" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="V15" s="7" t="s">
         <v>103</v>
       </c>
       <c r="W15" s="7" t="s">
         <v>104</v>
       </c>
       <c r="X15" s="7" t="s">
         <v>105</v>
       </c>
       <c r="Y15" s="7" t="s">
         <v>106</v>
       </c>
       <c r="Z15" s="7" t="s">
         <v>107</v>
       </c>
       <c r="AA15" s="7" t="s">
+        <v>108</v>
+      </c>
+      <c r="AB15" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="AB15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC15" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AD15" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AE15" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="AE15" s="7" t="s">
+      <c r="AF15" s="7" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="5">
+        <v>443</v>
+      </c>
+      <c r="D16" s="5">
         <v>380</v>
       </c>
-      <c r="D16" s="5">
+      <c r="E16" s="5">
         <v>412</v>
       </c>
-      <c r="E16" s="5">
+      <c r="F16" s="5">
         <v>392</v>
       </c>
-      <c r="F16" s="5">
+      <c r="G16" s="5">
         <v>402</v>
       </c>
-      <c r="G16" s="5">
+      <c r="H16" s="5">
         <v>409</v>
       </c>
-      <c r="H16" s="5">
+      <c r="I16" s="5">
         <v>365</v>
       </c>
-      <c r="I16" s="5">
+      <c r="J16" s="5">
         <v>417</v>
       </c>
-      <c r="J16" s="5">
+      <c r="K16" s="5">
         <v>374</v>
       </c>
-      <c r="K16" s="5">
+      <c r="L16" s="5">
         <v>391</v>
       </c>
-      <c r="L16" s="5">
+      <c r="M16" s="5">
         <v>392</v>
       </c>
-      <c r="M16" s="5">
+      <c r="N16" s="5">
         <v>367</v>
       </c>
-      <c r="N16" s="5">
+      <c r="O16" s="5">
         <v>416</v>
       </c>
-      <c r="O16" s="5">
+      <c r="P16" s="5">
         <v>388</v>
       </c>
-      <c r="P16" s="5">
+      <c r="Q16" s="5">
         <v>417</v>
       </c>
-      <c r="Q16" s="5">
+      <c r="R16" s="5">
         <v>425</v>
       </c>
-      <c r="R16" s="5">
+      <c r="S16" s="5">
         <v>411</v>
       </c>
-      <c r="S16" s="5">
+      <c r="T16" s="5">
         <v>415</v>
       </c>
-      <c r="T16" s="5">
+      <c r="U16" s="5">
         <v>402</v>
       </c>
-      <c r="U16" s="5">
+      <c r="V16" s="5">
         <v>365</v>
       </c>
-      <c r="V16" s="5">
+      <c r="W16" s="5">
         <v>379</v>
       </c>
-      <c r="W16" s="5">
+      <c r="X16" s="5">
         <v>365</v>
       </c>
-      <c r="X16" s="5">
+      <c r="Y16" s="5">
         <v>352</v>
       </c>
-      <c r="Y16" s="5">
+      <c r="Z16" s="5">
         <v>362</v>
       </c>
-      <c r="Z16" s="5">
+      <c r="AA16" s="5">
         <v>378</v>
       </c>
-      <c r="AA16" s="5">
+      <c r="AB16" s="5">
         <v>425</v>
       </c>
-      <c r="AB16" s="5">
+      <c r="AC16" s="5">
         <v>399</v>
       </c>
-      <c r="AC16" s="5">
+      <c r="AD16" s="5">
         <v>429</v>
       </c>
-      <c r="AD16" s="5">
+      <c r="AE16" s="5">
         <v>409</v>
       </c>
-      <c r="AE16" s="5">
+      <c r="AF16" s="5">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="7">
         <v>100</v>
       </c>
       <c r="D17" s="7">
         <v>100</v>
       </c>
       <c r="E17" s="7">
         <v>100</v>
       </c>
       <c r="F17" s="7">
         <v>100</v>
       </c>
       <c r="G17" s="7">
         <v>100</v>
       </c>
       <c r="H17" s="7">
         <v>100</v>
       </c>
       <c r="I17" s="7">
@@ -3188,259 +3191,259 @@
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>116</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>85</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E35" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="F35" s="7" t="s">
         <v>117</v>
       </c>
-      <c r="F35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35" s="7" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>92</v>
       </c>
       <c r="I35" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="J35" s="7" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>95</v>
       </c>
       <c r="L35" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="M35" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="M35" s="7" t="s">
+      <c r="N35" s="7" t="s">
         <v>118</v>
       </c>
-      <c r="N35" s="7" t="s">
+      <c r="O35" s="7" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="P35" s="7" t="s">
         <v>97</v>
       </c>
       <c r="Q35" s="7" t="s">
         <v>98</v>
       </c>
       <c r="R35" s="7" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="S35" s="7" t="s">
         <v>101</v>
       </c>
       <c r="T35" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="U35" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="U35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V35" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="W35" s="7" t="s">
         <v>121</v>
       </c>
-      <c r="W35" s="7" t="s">
+      <c r="X35" s="7" t="s">
         <v>122</v>
       </c>
-      <c r="X35" s="7" t="s">
+      <c r="Y35" s="7" t="s">
         <v>123</v>
       </c>
-      <c r="Y35" s="7" t="s">
+      <c r="Z35" s="7" t="s">
         <v>124</v>
       </c>
-      <c r="Z35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA35" s="7" t="s">
+        <v>108</v>
+      </c>
+      <c r="AB35" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="AB35" s="7" t="s">
+      <c r="AC35" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="AC35" s="7" t="s">
+      <c r="AD35" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="AD35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE35" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AF35" s="7" t="s">
-        <v>24</v>
+        <v>109</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="5">
+        <v>420</v>
+      </c>
+      <c r="D36" s="5">
         <v>430</v>
       </c>
-      <c r="D36" s="5">
+      <c r="E36" s="5">
         <v>421</v>
       </c>
-      <c r="E36" s="5">
+      <c r="F36" s="5">
         <v>428</v>
       </c>
-      <c r="F36" s="5">
+      <c r="G36" s="5">
         <v>429</v>
       </c>
-      <c r="G36" s="5">
+      <c r="H36" s="5">
         <v>420</v>
       </c>
-      <c r="H36" s="5">
+      <c r="I36" s="5">
         <v>396</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>441</v>
       </c>
-      <c r="J36" s="5">
+      <c r="K36" s="5">
         <v>413</v>
       </c>
-      <c r="K36" s="5">
+      <c r="L36" s="5">
         <v>446</v>
       </c>
-      <c r="L36" s="5">
+      <c r="M36" s="5">
         <v>433</v>
       </c>
-      <c r="M36" s="5">
+      <c r="N36" s="5">
         <v>444</v>
       </c>
-      <c r="N36" s="5">
+      <c r="O36" s="5">
         <v>440</v>
       </c>
-      <c r="O36" s="5">
+      <c r="P36" s="5">
         <v>397</v>
       </c>
-      <c r="P36" s="5">
+      <c r="Q36" s="5">
         <v>425</v>
       </c>
-      <c r="Q36" s="5">
+      <c r="R36" s="5">
         <v>389</v>
       </c>
-      <c r="R36" s="5">
+      <c r="S36" s="5">
         <v>479</v>
       </c>
-      <c r="S36" s="5">
+      <c r="T36" s="5">
         <v>447</v>
       </c>
-      <c r="T36" s="5">
+      <c r="U36" s="5">
         <v>402</v>
       </c>
-      <c r="U36" s="5">
+      <c r="V36" s="5">
         <v>443</v>
       </c>
-      <c r="V36" s="5">
+      <c r="W36" s="5">
         <v>438</v>
       </c>
-      <c r="W36" s="5">
+      <c r="X36" s="5">
         <v>432</v>
       </c>
-      <c r="X36" s="5">
+      <c r="Y36" s="5">
         <v>441</v>
       </c>
-      <c r="Y36" s="5">
+      <c r="Z36" s="5">
         <v>404</v>
       </c>
-      <c r="Z36" s="5">
+      <c r="AA36" s="5">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="AB36" s="5">
         <v>401</v>
       </c>
       <c r="AC36" s="5">
+        <v>401</v>
+      </c>
+      <c r="AD36" s="5">
         <v>437</v>
       </c>
-      <c r="AD36" s="5">
+      <c r="AE36" s="5">
         <v>417</v>
       </c>
-      <c r="AE36" s="5">
+      <c r="AF36" s="5">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="7">
         <v>100</v>
       </c>
       <c r="D37" s="7">
         <v>100</v>
       </c>
       <c r="E37" s="7">
         <v>100</v>
       </c>
       <c r="F37" s="7">
         <v>100</v>
       </c>
       <c r="G37" s="7">
         <v>100</v>
       </c>
       <c r="H37" s="7">
         <v>100</v>
       </c>
-      <c r="I37" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="I37" s="7">
+        <v>100</v>
+      </c>
+      <c r="J37" s="4">
+        <v>120</v>
       </c>
       <c r="K37" s="7">
         <v>100</v>
       </c>
       <c r="L37" s="7">
         <v>100</v>
       </c>
       <c r="M37" s="7">
         <v>100</v>
       </c>
       <c r="N37" s="7">
         <v>100</v>
       </c>
       <c r="O37" s="7">
         <v>100</v>
       </c>
       <c r="P37" s="7">
         <v>100</v>
       </c>
       <c r="Q37" s="7">
         <v>100</v>
       </c>
       <c r="R37" s="7">
         <v>100</v>
       </c>
@@ -3473,96 +3476,96 @@
       </c>
       <c r="AB37" s="7">
         <v>100</v>
       </c>
       <c r="AC37" s="7">
         <v>100</v>
       </c>
       <c r="AD37" s="7">
         <v>100</v>
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G39" s="7" t="s">
         <v>47</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>48</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J39" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="K39" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="L39" s="7" t="s">
         <v>73</v>
       </c>
       <c r="M39" s="7" t="s">
         <v>53</v>
       </c>
       <c r="N39" s="7" t="s">
         <v>54</v>
       </c>
       <c r="O39" s="7" t="s">
         <v>55</v>
       </c>
       <c r="P39" s="7" t="s">
         <v>4</v>
       </c>
       <c r="Q39" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="R39" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="S39" s="7" t="s">
         <v>6</v>
       </c>
       <c r="T39" s="7" t="s">
         <v>81</v>
       </c>
       <c r="U39" s="7" t="s">
         <v>62</v>
       </c>
       <c r="V39" s="7" t="s">
         <v>82</v>
       </c>
       <c r="W39" s="7" t="s">
         <v>83</v>
       </c>
       <c r="X39" s="7" t="s">
         <v>7</v>
       </c>
       <c r="Y39" s="7" t="s">
         <v>8</v>
       </c>
       <c r="Z39" s="7" t="s">
         <v>9</v>
       </c>
@@ -3761,233 +3764,233 @@
       </c>
       <c r="AB41" s="7">
         <v>100</v>
       </c>
       <c r="AC41" s="7">
         <v>100</v>
       </c>
       <c r="AD41" s="7">
         <v>100</v>
       </c>
       <c r="AE41" s="7">
         <v>100</v>
       </c>
       <c r="AF41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>126</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="D43" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="D43" s="7" t="s">
+      <c r="E43" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="E43" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F43" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="G43" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="G43" s="7" t="s">
+      <c r="H43" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="H43" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I43" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="J43" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="J43" s="7" t="s">
+      <c r="K43" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="K43" s="7" t="s">
+      <c r="L43" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="L43" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M43" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="N43" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="N43" s="7" t="s">
+      <c r="O43" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="O43" s="7" t="s">
+      <c r="P43" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="P43" s="7" t="s">
+      <c r="Q43" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="Q43" s="7" t="s">
+      <c r="R43" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="R43" s="7" t="s">
+      <c r="S43" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="S43" s="7" t="s">
+      <c r="T43" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="T43" s="7" t="s">
+      <c r="U43" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="U43" s="7" t="s">
+      <c r="V43" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="V43" s="7" t="s">
+      <c r="W43" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="W43" s="7" t="s">
+      <c r="X43" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="X43" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y43" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="Z43" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="Z43" s="7" t="s">
+      <c r="AA43" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="AA43" s="7" t="s">
+      <c r="AB43" s="7" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="AC43" s="7" t="s">
         <v>82</v>
       </c>
       <c r="AD43" s="7" t="s">
-        <v>131</v>
+        <v>82</v>
       </c>
       <c r="AE43" s="7" t="s">
-        <v>83</v>
+        <v>132</v>
       </c>
       <c r="AF43" s="7" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
+        <v>418</v>
+      </c>
+      <c r="D44" s="4">
         <v>444</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>443</v>
       </c>
-      <c r="E44" s="4">
+      <c r="F44" s="4">
         <v>397</v>
       </c>
-      <c r="F44" s="4">
+      <c r="G44" s="4">
         <v>465</v>
       </c>
-      <c r="G44" s="4">
+      <c r="H44" s="4">
         <v>417</v>
       </c>
-      <c r="H44" s="4">
+      <c r="I44" s="4">
         <v>472</v>
       </c>
-      <c r="I44" s="4">
+      <c r="J44" s="4">
         <v>388</v>
       </c>
-      <c r="J44" s="4">
+      <c r="K44" s="4">
         <v>407</v>
       </c>
-      <c r="K44" s="4">
+      <c r="L44" s="4">
         <v>460</v>
       </c>
-      <c r="L44" s="4">
+      <c r="M44" s="4">
         <v>471</v>
       </c>
-      <c r="M44" s="4">
+      <c r="N44" s="4">
         <v>422</v>
       </c>
-      <c r="N44" s="4">
+      <c r="O44" s="4">
         <v>408</v>
       </c>
-      <c r="O44" s="4">
+      <c r="P44" s="4">
         <v>414</v>
       </c>
-      <c r="P44" s="4">
+      <c r="Q44" s="4">
         <v>423</v>
       </c>
-      <c r="Q44" s="4">
+      <c r="R44" s="4">
         <v>409</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="4">
         <v>427</v>
       </c>
-      <c r="S44" s="4">
+      <c r="T44" s="4">
         <v>442</v>
       </c>
-      <c r="T44" s="4">
+      <c r="U44" s="4">
         <v>410</v>
       </c>
-      <c r="U44" s="4">
+      <c r="V44" s="4">
         <v>411</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="4">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
       <c r="X44" s="4">
         <v>416</v>
       </c>
       <c r="Y44" s="4">
+        <v>416</v>
+      </c>
+      <c r="Z44" s="4">
         <v>435</v>
       </c>
-      <c r="Z44" s="4">
+      <c r="AA44" s="4">
         <v>431</v>
       </c>
-      <c r="AA44" s="5">
+      <c r="AB44" s="5">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
       <c r="AC44" s="5">
         <v>436</v>
       </c>
       <c r="AD44" s="5">
+        <v>436</v>
+      </c>
+      <c r="AE44" s="5">
         <v>440</v>
       </c>
-      <c r="AE44" s="5">
+      <c r="AF44" s="5">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="4">
         <v>120</v>
       </c>
       <c r="D45" s="4">
         <v>120</v>
       </c>
       <c r="E45" s="4">
         <v>120</v>
       </c>
       <c r="F45" s="4">
         <v>120</v>
       </c>
       <c r="G45" s="4">
         <v>120</v>
       </c>
       <c r="H45" s="4">
         <v>120</v>
       </c>
       <c r="I45" s="4">
@@ -4022,72 +4025,72 @@
       </c>
       <c r="S45" s="4">
         <v>120</v>
       </c>
       <c r="T45" s="4">
         <v>120</v>
       </c>
       <c r="U45" s="4">
         <v>120</v>
       </c>
       <c r="V45" s="4">
         <v>120</v>
       </c>
       <c r="W45" s="4">
         <v>120</v>
       </c>
       <c r="X45" s="4">
         <v>120</v>
       </c>
       <c r="Y45" s="4">
         <v>120</v>
       </c>
       <c r="Z45" s="4">
         <v>120</v>
       </c>
-      <c r="AA45" s="7">
-        <v>100</v>
+      <c r="AA45" s="4">
+        <v>120</v>
       </c>
       <c r="AB45" s="7">
         <v>100</v>
       </c>
       <c r="AC45" s="7">
         <v>100</v>
       </c>
       <c r="AD45" s="7">
         <v>100</v>
       </c>
       <c r="AE45" s="7">
         <v>100</v>
       </c>
       <c r="AF45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>111</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>38</v>
       </c>
       <c r="G47" s="7" t="s">
         <v>39</v>
       </c>
       <c r="H47" s="7" t="s">
         <v>40</v>
       </c>
       <c r="I47" s="7" t="s">
         <v>42</v>
       </c>
@@ -4136,51 +4139,51 @@
       <c r="X47" s="7" t="s">
         <v>59</v>
       </c>
       <c r="Y47" s="7" t="s">
         <v>6</v>
       </c>
       <c r="Z47" s="7" t="s">
         <v>60</v>
       </c>
       <c r="AA47" s="7" t="s">
         <v>61</v>
       </c>
       <c r="AB47" s="7" t="s">
         <v>62</v>
       </c>
       <c r="AC47" s="7" t="s">
         <v>120</v>
       </c>
       <c r="AD47" s="7" t="s">
         <v>121</v>
       </c>
       <c r="AE47" s="7" t="s">
         <v>7</v>
       </c>
       <c r="AF47" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>444</v>
       </c>
       <c r="D48" s="4">
         <v>381</v>
       </c>
       <c r="E48" s="4">
         <v>434</v>
       </c>
       <c r="F48" s="4">
         <v>435</v>
       </c>
       <c r="G48" s="4">
         <v>412</v>
       </c>
       <c r="H48" s="4">
         <v>434</v>
       </c>
       <c r="I48" s="4">
@@ -4331,126 +4334,126 @@
       </c>
       <c r="Z49" s="4">
         <v>120</v>
       </c>
       <c r="AA49" s="4">
         <v>120</v>
       </c>
       <c r="AB49" s="7">
         <v>100</v>
       </c>
       <c r="AC49" s="7">
         <v>100</v>
       </c>
       <c r="AD49" s="7">
         <v>100</v>
       </c>
       <c r="AE49" s="7">
         <v>100</v>
       </c>
       <c r="AF49" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D51" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>111</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>38</v>
       </c>
       <c r="G51" s="7" t="s">
         <v>39</v>
       </c>
       <c r="H51" s="7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I51" s="7" t="s">
         <v>40</v>
       </c>
       <c r="J51" s="7" t="s">
         <v>66</v>
       </c>
       <c r="K51" s="7" t="s">
         <v>43</v>
       </c>
       <c r="L51" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="M51" s="7" t="s">
         <v>45</v>
       </c>
       <c r="N51" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O51" s="7" t="s">
         <v>49</v>
       </c>
       <c r="P51" s="7" t="s">
         <v>50</v>
       </c>
       <c r="Q51" s="7" t="s">
         <v>51</v>
       </c>
       <c r="R51" s="7" t="s">
         <v>52</v>
       </c>
       <c r="S51" s="7" t="s">
         <v>73</v>
       </c>
       <c r="T51" s="7" t="s">
         <v>55</v>
       </c>
       <c r="U51" s="7" t="s">
         <v>56</v>
       </c>
       <c r="V51" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="W51" s="7" t="s">
         <v>4</v>
       </c>
       <c r="X51" s="7" t="s">
         <v>58</v>
       </c>
       <c r="Y51" s="7" t="s">
         <v>78</v>
       </c>
       <c r="Z51" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="AA51" s="7" t="s">
         <v>81</v>
       </c>
       <c r="AB51" s="7" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="5">
         <v>385</v>
       </c>
       <c r="D52" s="5">
         <v>411</v>
       </c>
       <c r="E52" s="4">
         <v>393</v>
       </c>
       <c r="F52" s="5">
         <v>401</v>
       </c>
       <c r="G52" s="5">