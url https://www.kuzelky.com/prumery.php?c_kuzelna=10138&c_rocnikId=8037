--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -2257,51 +2257,51 @@
       </c>
       <c r="AA23" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>36</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>37</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="7">
-        <v>0</v>
+        <v>486</v>
       </c>
       <c r="D24" s="4">
         <v>507</v>
       </c>
       <c r="E24" s="7">
         <v>490</v>
       </c>
       <c r="F24" s="7">
         <v>488</v>
       </c>
       <c r="G24" s="7">
         <v>461</v>
       </c>
       <c r="H24" s="7">
         <v>475</v>
       </c>
       <c r="I24" s="4">
         <v>518</v>
       </c>
       <c r="J24" s="7">
         <v>471</v>
       </c>
       <c r="K24" s="4">
         <v>484</v>
       </c>