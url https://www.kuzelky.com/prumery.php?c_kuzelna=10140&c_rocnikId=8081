--- v0 (2025-12-05)
+++ v1 (2025-12-07)
@@ -59,50 +59,53 @@
   <si>
     <t>28.9.2025</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
     <t>28.9.2021</t>
   </si>
   <si>
     <t>4.10.2020</t>
   </si>
   <si>
     <t>19.9.2020</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Stanislav Květoň</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>13.3.2025</t>
   </si>
   <si>
     <t>23.2.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>22.11.2024</t>
   </si>
   <si>
     <t>9.11.2024</t>
@@ -138,53 +141,50 @@
     <t>14.4.2023</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>17.11.2022</t>
   </si>
   <si>
     <t>4.11.2022</t>
   </si>
   <si>
     <t>14.10.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>24.9.2022</t>
   </si>
   <si>
     <t>Michaela Pešková</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
   <si>
     <t>30.10.2022</t>
   </si>
   <si>
     <t>10.9.2022</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
     <t>26.2.2022</t>
   </si>
   <si>
     <t>12.2.2022</t>
   </si>
@@ -764,54 +764,54 @@
       </c>
       <c r="J5" s="6">
         <v>100</v>
       </c>
       <c r="K5" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F7" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" s="6" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>20</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>21</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>22</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>24</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>25</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>26</v>
       </c>
@@ -824,175 +824,175 @@
       <c r="R7" s="6" t="s">
         <v>29</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>32</v>
       </c>
       <c r="V7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="W7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Y7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Z7" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA7" s="6" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="C8" s="7">
+      <c r="C8" s="4">
+        <v>386</v>
+      </c>
+      <c r="D8" s="7">
         <v>407</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>410</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>391</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>372</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>396</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>417</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>401</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>404</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>446</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>416</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>403</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>359</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>398</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>385</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>400</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>437</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>380</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>419</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>395</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>389</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>403</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>379</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>399</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>414</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>380</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>406</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>414</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>377</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="C9" s="7">
+      <c r="C9" s="6">
+        <v>100</v>
+      </c>
+      <c r="D9" s="7">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
         <v>100</v>
       </c>
       <c r="J9" s="6">
         <v>100</v>
       </c>
       <c r="K9" s="6">
         <v>100</v>
       </c>
       <c r="L9" s="6">
         <v>100</v>
       </c>
@@ -1043,257 +1043,263 @@
       </c>
       <c r="AB9" s="6">
         <v>100</v>
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E11" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F11" s="6" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="H11" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="I11" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="I11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K11" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="L11" s="6" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>24</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>25</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="T11" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="U11" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="U11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V11" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="W11" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="W11" s="6" t="s">
+      <c r="X11" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="X11" s="6" t="s">
+      <c r="Y11" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="Y11" s="6" t="s">
+      <c r="Z11" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="Z11" s="6" t="s">
+      <c r="AA11" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="AA11" s="6" t="s">
+      <c r="AB11" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="AB11" s="6" t="s">
+      <c r="AC11" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="AC11" s="6" t="s">
+      <c r="AD11" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="AD11" s="6" t="s">
+      <c r="AE11" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="4">
+        <v>413</v>
+      </c>
+      <c r="D12" s="4">
         <v>394</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>340</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>352</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>360</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>367</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>366</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>354</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>400</v>
       </c>
-      <c r="K12" s="7">
+      <c r="L12" s="7">
         <v>369</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>407</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>365</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>360</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>366</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>385</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>401</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>336</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>376</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>375</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>355</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>346</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>348</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>339</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>333</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>351</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>353</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>314</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>329</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>319</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
         <v>100</v>
       </c>
       <c r="J13" s="6">
         <v>100</v>
       </c>
-      <c r="K13" s="7">
+      <c r="K13" s="6">
+        <v>100</v>
+      </c>
+      <c r="L13" s="7">
         <v>120</v>
       </c>
-      <c r="L13" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="M13" s="6">
         <v>100</v>
       </c>
       <c r="N13" s="6">
         <v>100</v>
       </c>
       <c r="O13" s="6">
         <v>100</v>
       </c>
       <c r="P13" s="6">
         <v>100</v>
       </c>
       <c r="Q13" s="6">
         <v>100</v>
       </c>
       <c r="R13" s="6">
         <v>100</v>
       </c>
       <c r="S13" s="6">
         <v>100</v>
       </c>
       <c r="T13" s="6">
         <v>100</v>
       </c>
       <c r="U13" s="6">
@@ -1302,282 +1308,285 @@
       <c r="V13" s="6">
         <v>100</v>
       </c>
       <c r="W13" s="6">
         <v>100</v>
       </c>
       <c r="X13" s="6">
         <v>100</v>
       </c>
       <c r="Y13" s="6">
         <v>100</v>
       </c>
       <c r="Z13" s="6">
         <v>100</v>
       </c>
       <c r="AA13" s="6">
         <v>100</v>
       </c>
       <c r="AB13" s="6">
         <v>100</v>
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
+        <v>100</v>
+      </c>
+      <c r="AE13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E15" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" s="6" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="M15" s="6" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>30</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>33</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>35</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="X15" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y15" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="Y15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z15" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="AA15" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="AA15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB15" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="AC15" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="AC15" s="6" t="s">
+      <c r="AD15" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="AD15" s="6" t="s">
+      <c r="AE15" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="AE15" s="6" t="s">
+      <c r="AF15" s="6" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="4">
+        <v>348</v>
+      </c>
+      <c r="D16" s="4">
         <v>397</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>399</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>408</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>409</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>393</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>437</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>407</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>426</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>394</v>
       </c>
-      <c r="L16" s="7">
+      <c r="M16" s="7">
         <v>401</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>416</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>422</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
       <c r="Q16" s="4">
         <v>393</v>
       </c>
       <c r="R16" s="4">
+        <v>393</v>
+      </c>
+      <c r="S16" s="4">
         <v>412</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>422</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>385</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>395</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>392</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>382</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>374</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>367</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>425</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="AC16" s="4">
         <v>376</v>
       </c>
       <c r="AD16" s="4">
+        <v>376</v>
+      </c>
+      <c r="AE16" s="4">
         <v>337</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
         <v>100</v>
       </c>
       <c r="J17" s="6">
         <v>100</v>
       </c>
       <c r="K17" s="6">
         <v>100</v>
       </c>
-      <c r="L17" s="7">
+      <c r="L17" s="6">
+        <v>100</v>
+      </c>
+      <c r="M17" s="7">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="N17" s="6">
         <v>100</v>
       </c>
       <c r="O17" s="6">
         <v>100</v>
       </c>
       <c r="P17" s="6">
         <v>100</v>
       </c>
       <c r="Q17" s="6">
         <v>100</v>
       </c>
       <c r="R17" s="6">
         <v>100</v>
       </c>
       <c r="S17" s="6">
         <v>100</v>
       </c>
       <c r="T17" s="6">
         <v>100</v>
       </c>
       <c r="U17" s="6">
         <v>100</v>
       </c>
@@ -1619,87 +1628,87 @@
       <c r="A19" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>58</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>4</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>59</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>46</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="4">
         <v>340</v>
       </c>
       <c r="D20" s="4">
         <v>334</v>
       </c>
       <c r="E20" s="4">
         <v>350</v>
       </c>
       <c r="F20" s="4">
         <v>321</v>
       </c>
       <c r="G20" s="4">
         <v>329</v>
       </c>
       <c r="H20" s="4">
         <v>351</v>
       </c>
       <c r="I20" s="4">
@@ -1790,111 +1799,111 @@
       </c>
       <c r="Q21" s="6">
         <v>100</v>
       </c>
       <c r="R21" s="6">
         <v>100</v>
       </c>
       <c r="S21" s="6">
         <v>100</v>
       </c>
       <c r="T21" s="6">
         <v>100</v>
       </c>
       <c r="U21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>44</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="4">
         <v>333</v>
       </c>
       <c r="D24" s="4">
         <v>337</v>
       </c>
       <c r="E24" s="4">
         <v>361</v>
       </c>
       <c r="F24" s="4">
         <v>384</v>
       </c>
       <c r="G24" s="4">
         <v>375</v>
       </c>
       <c r="H24" s="4">
         <v>378</v>
       </c>
       <c r="I24" s="4">