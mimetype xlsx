--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -12,61 +12,64 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Výsledky hráčů družstva TJ Dobřany na kuželně TJ Dobřany</t>
   </si>
   <si>
     <t>Jiří Baloun</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>13.12.2025</t>
+  </si>
+  <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>13.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
@@ -110,219 +113,219 @@
   <si>
     <t>14.10.2023</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Josef Dvořák</t>
+  </si>
+  <si>
+    <t>13.4.2024</t>
+  </si>
+  <si>
+    <t>23.3.2024</t>
+  </si>
+  <si>
+    <t>16.3.2024</t>
+  </si>
+  <si>
+    <t>2.3.2024</t>
+  </si>
+  <si>
+    <t>25.11.2023</t>
+  </si>
+  <si>
+    <t>18.11.2023</t>
+  </si>
+  <si>
+    <t>21.10.2023</t>
+  </si>
+  <si>
+    <t>16.9.2023</t>
+  </si>
+  <si>
+    <t>25.3.2023</t>
+  </si>
+  <si>
+    <t>11.3.2023</t>
+  </si>
+  <si>
+    <t>25.2.2023</t>
+  </si>
+  <si>
+    <t>11.2.2023</t>
+  </si>
+  <si>
+    <t>21.1.2023</t>
+  </si>
+  <si>
+    <t>3.12.2022</t>
+  </si>
+  <si>
+    <t>12.11.2022</t>
+  </si>
+  <si>
+    <t>22.10.2022</t>
+  </si>
+  <si>
+    <t>1.10.2022</t>
+  </si>
+  <si>
+    <t>17.9.2022</t>
+  </si>
+  <si>
+    <t>26.3.2022</t>
+  </si>
+  <si>
+    <t>12.3.2022</t>
+  </si>
+  <si>
+    <t>26.2.2022</t>
+  </si>
+  <si>
+    <t>12.2.2022</t>
+  </si>
+  <si>
+    <t>5.2.2022</t>
+  </si>
+  <si>
+    <t>15.1.2022</t>
+  </si>
+  <si>
+    <t>20.11.2021</t>
+  </si>
+  <si>
+    <t>6.11.2021</t>
+  </si>
+  <si>
+    <t>2.10.2021</t>
+  </si>
+  <si>
+    <t>11.9.2021</t>
+  </si>
+  <si>
+    <t>19.9.2020</t>
+  </si>
+  <si>
+    <t>29.2.2020</t>
+  </si>
+  <si>
+    <t>Pavel Sloup</t>
+  </si>
+  <si>
+    <t>10.2.2024</t>
+  </si>
+  <si>
+    <t>20.1.2024</t>
+  </si>
+  <si>
+    <t>30.9.2023</t>
+  </si>
+  <si>
+    <t>15.4.2023</t>
+  </si>
+  <si>
+    <t>9.10.2021</t>
+  </si>
+  <si>
+    <t>15.2.2020</t>
+  </si>
+  <si>
+    <t>8.2.2020</t>
+  </si>
+  <si>
+    <t>18.1.2020</t>
+  </si>
+  <si>
+    <t>Petr Kučera</t>
+  </si>
+  <si>
+    <t>Vojtěch Kořan</t>
+  </si>
+  <si>
+    <t>Marek Smetana</t>
+  </si>
+  <si>
+    <t>Luboš Špís</t>
+  </si>
+  <si>
+    <t>7.12.2024</t>
+  </si>
+  <si>
+    <t>11.11.2023</t>
+  </si>
+  <si>
     <t>5.11.2022</t>
   </si>
   <si>
-    <t>Výkon:</t>
-[...142 lines deleted...]
-  <si>
     <t>8.10.2022</t>
   </si>
   <si>
+    <t>Jakub Solfronk</t>
+  </si>
+  <si>
+    <t>15.10.2022</t>
+  </si>
+  <si>
+    <t>Michal Lohr</t>
+  </si>
+  <si>
+    <t>Marek Eisman</t>
+  </si>
+  <si>
+    <t>19.3.2022</t>
+  </si>
+  <si>
+    <t>5.3.2022</t>
+  </si>
+  <si>
     <t>22.1.2022</t>
-  </si>
-[...16 lines deleted...]
-    <t>5.3.2022</t>
   </si>
   <si>
     <t>11.12.2021</t>
   </si>
   <si>
     <t>25.9.2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -841,138 +844,138 @@
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>396</v>
+      </c>
+      <c r="D4" s="4">
         <v>430</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>405</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>403</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>422</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>449</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>428</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>404</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>394</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>408</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>442</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>431</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>441</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>397</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>433</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>409</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>425</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>380</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>399</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>419</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>413</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>412</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>434</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>428</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>423</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>430</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>449</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>445</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>441</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
@@ -1637,57 +1640,57 @@
       <c r="D15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>67</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>68</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>42</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>69</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>49</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>50</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>51</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>52</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>54</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>55</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>56</v>
       </c>
@@ -2504,202 +2507,202 @@
       <c r="E27" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>10</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M27" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="N27" s="6" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>14</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="R27" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="S27" s="6" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>25</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AB27" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="AC27" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="AC27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD27" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="AE27" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>430</v>
+      </c>
+      <c r="D28" s="4">
         <v>447</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>397</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>373</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>410</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>434</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>415</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>403</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>393</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>402</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>431</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>389</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>407</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>371</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>386</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>410</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>411</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>479</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>446</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>429</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>485</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>431</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>419</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>408</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>409</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>394</v>
       </c>
-      <c r="AB28" s="7">
+      <c r="AC28" s="7">
         <v>422</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>424</v>
       </c>
-      <c r="AD28" s="7">
+      <c r="AE28" s="7">
         <v>409</v>
       </c>
-      <c r="AE28" s="7">
-[...2 lines deleted...]
-      <c r="AF28" s="4">
+      <c r="AF28" s="7">
         <v>439</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
@@ -2738,257 +2741,257 @@
       </c>
       <c r="T29" s="4">
         <v>120</v>
       </c>
       <c r="U29" s="4">
         <v>120</v>
       </c>
       <c r="V29" s="4">
         <v>120</v>
       </c>
       <c r="W29" s="4">
         <v>120</v>
       </c>
       <c r="X29" s="4">
         <v>120</v>
       </c>
       <c r="Y29" s="4">
         <v>120</v>
       </c>
       <c r="Z29" s="4">
         <v>120</v>
       </c>
       <c r="AA29" s="4">
         <v>120</v>
       </c>
-      <c r="AB29" s="6">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="AB29" s="4">
+        <v>120</v>
+      </c>
+      <c r="AC29" s="6">
+        <v>100</v>
+      </c>
+      <c r="AD29" s="4">
+        <v>120</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
-      <c r="AF29" s="4">
-        <v>120</v>
+      <c r="AF29" s="6">
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="L31" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="M31" s="6" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="T31" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="U31" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="U31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V31" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="W31" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="W31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X31" s="6" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AD31" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE31" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="AE31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF31" s="6" t="s">
-        <v>52</v>
+        <v>82</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>423</v>
+      </c>
+      <c r="D32" s="4">
         <v>441</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>427</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>431</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>439</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>435</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>397</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>412</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>466</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>408</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>418</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>441</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>437</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>424</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>425</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>424</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>433</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>436</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>427</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>438</v>
       </c>
-      <c r="V32" s="7">
+      <c r="W32" s="7">
         <v>411</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>422</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>442</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>448</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>443</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>451</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>400</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>425</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>448</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">
@@ -3008,82 +3011,82 @@
       </c>
       <c r="N33" s="4">
         <v>120</v>
       </c>
       <c r="O33" s="4">
         <v>120</v>
       </c>
       <c r="P33" s="4">
         <v>120</v>
       </c>
       <c r="Q33" s="4">
         <v>120</v>
       </c>
       <c r="R33" s="4">
         <v>120</v>
       </c>
       <c r="S33" s="4">
         <v>120</v>
       </c>
       <c r="T33" s="4">
         <v>120</v>
       </c>
       <c r="U33" s="4">
         <v>120</v>
       </c>
-      <c r="V33" s="6">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="V33" s="4">
+        <v>120</v>
+      </c>
+      <c r="W33" s="6">
+        <v>100</v>
       </c>
       <c r="X33" s="4">
         <v>120</v>
       </c>
       <c r="Y33" s="4">
         <v>120</v>
       </c>
       <c r="Z33" s="4">
         <v>120</v>
       </c>
       <c r="AA33" s="4">
         <v>120</v>
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
-      <c r="AF33" s="6">
-        <v>100</v>
+      <c r="AF33" s="4">
+        <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>39</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>67</v>
       </c>
       <c r="H35" s="6" t="s">
@@ -3383,93 +3386,93 @@
       <c r="J39" s="6" t="s">
         <v>69</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>43</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>70</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>44</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>48</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>32</v>
+        <v>81</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>51</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>84</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>87</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>88</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>61</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>71</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>71</v>
       </c>
       <c r="AD39" s="6" t="s">
         <v>62</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>62</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>430</v>
       </c>
       <c r="D40" s="4">
         <v>430</v>
       </c>
       <c r="E40" s="4">
         <v>441</v>
       </c>
       <c r="F40" s="4">
         <v>408</v>
       </c>
       <c r="G40" s="4">
         <v>422</v>
       </c>
       <c r="H40" s="4">
         <v>414</v>
       </c>
       <c r="I40" s="4">