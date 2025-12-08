--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>Výsledky hráčů družstva TJ Teplice Letná B na kuželně TJ Teplice Letná</t>
   </si>
   <si>
     <t>Karel Bouša</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
@@ -297,50 +297,53 @@
     <t>24.10.2019</t>
   </si>
   <si>
     <t>Rudolf Březina</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>4.11.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>23.9.2023</t>
   </si>
   <si>
     <t>Tomáš Čecháček</t>
   </si>
   <si>
     <t>Jan Brhlík st.</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>10.4.2025</t>
   </si>
   <si>
     <t>16.1.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
@@ -2753,233 +2756,233 @@
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="D35" s="6" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>96</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>97</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>98</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>99</v>
       </c>
       <c r="I35" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="J35" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="J35" s="6" t="s">
+      <c r="K35" s="6" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>101</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>102</v>
       </c>
       <c r="N35" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="O35" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="O35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P35" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q35" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="Q35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R35" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="S35" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="S35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T35" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="U35" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="U35" s="6" t="s">
+      <c r="V35" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="V35" s="6" t="s">
+      <c r="W35" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="W35" s="6" t="s">
+      <c r="X35" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="X35" s="6" t="s">
+      <c r="Y35" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="Y35" s="6" t="s">
+      <c r="Z35" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="Z35" s="6" t="s">
+      <c r="AA35" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="AA35" s="6" t="s">
+      <c r="AB35" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="AB35" s="6" t="s">
+      <c r="AC35" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="AC35" s="6" t="s">
+      <c r="AD35" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="AD35" s="6" t="s">
+      <c r="AE35" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="AE35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF35" s="6" t="s">
-        <v>20</v>
+        <v>107</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>398</v>
+      </c>
+      <c r="D36" s="4">
         <v>426</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>394</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>383</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>387</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>379</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>468</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>360</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>404</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>405</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>403</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>395</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>371</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>401</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>383</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>442</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>394</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>396</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>387</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>413</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>418</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>396</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>406</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>398</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>434</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>405</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>408</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>411</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>389</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
@@ -3035,144 +3038,144 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>89</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>91</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>5</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>69</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>70</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>71</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>9</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>74</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>75</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>10</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>77</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>79</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>80</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>81</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>83</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>84</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>64</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>65</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>14</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>15</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="7">
         <v>518</v>
       </c>
       <c r="D40" s="7">
         <v>533</v>
       </c>
       <c r="E40" s="7">
         <v>513</v>
       </c>
       <c r="F40" s="7">
         <v>553</v>
       </c>
       <c r="G40" s="7">
         <v>519</v>
       </c>
       <c r="H40" s="7">
         <v>541</v>
       </c>
       <c r="I40" s="7">