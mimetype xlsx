--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -194,50 +194,53 @@
   <si>
     <t>27.3.2018</t>
   </si>
   <si>
     <t>9.3.2018</t>
   </si>
   <si>
     <t>24.2.2018</t>
   </si>
   <si>
     <t>10.2.2018</t>
   </si>
   <si>
     <t>25.11.2017</t>
   </si>
   <si>
     <t>14.11.2017</t>
   </si>
   <si>
     <t>23.9.2017</t>
   </si>
   <si>
     <t>Martin Soukup</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>16.1.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
   <si>
     <t>14.3.2024</t>
   </si>
   <si>
     <t>20.1.2024</t>
@@ -249,53 +252,50 @@
     <t>18.3.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>11.1.2023</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>4.10.2022</t>
   </si>
   <si>
     <t>Jan Brhlík st.</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
     <t>3.3.2022</t>
   </si>
   <si>
     <t>25.11.2021</t>
-  </si>
-[...1 lines deleted...]
-    <t>20.11.2021</t>
   </si>
   <si>
     <t>Michal Horňák</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>13.1.2024</t>
   </si>
   <si>
     <t>Sabina Dudešková</t>
   </si>
   <si>
     <t>22.1.2022</t>
   </si>
   <si>
     <t>6.11.2021</t>
   </si>
   <si>
     <t>18.9.2021</t>
   </si>
@@ -1352,227 +1352,227 @@
       </c>
       <c r="M13" s="6">
         <v>100</v>
       </c>
       <c r="N13" s="6">
         <v>100</v>
       </c>
       <c r="O13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>60</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E15" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F15" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="F15" s="6" t="s">
+      <c r="G15" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="G15" s="6" t="s">
+      <c r="H15" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="H15" s="6" t="s">
+      <c r="I15" s="6" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>63</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>64</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>65</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>66</v>
       </c>
       <c r="N15" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="O15" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O15" s="6" t="s">
+      <c r="P15" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="P15" s="6" t="s">
+      <c r="Q15" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="Q15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R15" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="S15" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="S15" s="6" t="s">
+      <c r="T15" s="6" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>69</v>
       </c>
       <c r="V15" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="W15" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="W15" s="6" t="s">
+      <c r="X15" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="X15" s="6" t="s">
+      <c r="Y15" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="Y15" s="6" t="s">
+      <c r="Z15" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>71</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>72</v>
       </c>
       <c r="AC15" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="AD15" s="6" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>74</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>43</v>
+        <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C16" s="4">
+        <v>416</v>
+      </c>
+      <c r="D16" s="4">
         <v>367</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>392</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>395</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>452</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>375</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>346</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>411</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>462</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>423</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>397</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>420</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>439</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>380</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>435</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>367</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>407</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>408</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>418</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>425</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>439</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>398</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>424</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>410</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>394</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>419</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>388</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>398</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>443</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
@@ -1628,239 +1628,239 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>60</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F19" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="F19" s="6" t="s">
+      <c r="G19" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="G19" s="6" t="s">
+      <c r="H19" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="H19" s="6" t="s">
+      <c r="I19" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="I19" s="6" t="s">
+      <c r="J19" s="6" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>64</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>65</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>66</v>
       </c>
       <c r="N19" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="O19" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O19" s="6" t="s">
+      <c r="P19" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="P19" s="6" t="s">
+      <c r="Q19" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="Q19" s="6" t="s">
+      <c r="R19" s="6" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>69</v>
       </c>
       <c r="T19" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="U19" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="U19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V19" s="6" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="W19" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="X19" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="X19" s="6" t="s">
+      <c r="Y19" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="Y19" s="6" t="s">
+      <c r="Z19" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="Z19" s="6" t="s">
+      <c r="AA19" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="AA19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB19" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="AC19" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="AC19" s="6" t="s">
+      <c r="AD19" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="AD19" s="6" t="s">
+      <c r="AE19" s="6" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="4">
+        <v>398</v>
+      </c>
+      <c r="D20" s="4">
         <v>426</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>394</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>383</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>387</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>379</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>468</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>360</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>404</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>405</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>403</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>395</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>371</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>401</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>383</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>442</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>394</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>396</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>387</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>413</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>418</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>396</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>406</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>398</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>434</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>405</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>408</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>411</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>389</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
@@ -1922,135 +1922,135 @@
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>80</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>81</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>82</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>29</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>30</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>31</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>32</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>33</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>35</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>83</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>36</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>37</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>38</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="Z23" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="AA23" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AE23" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C24" s="4">
         <v>405</v>
       </c>
       <c r="D24" s="4">
         <v>411</v>
       </c>
       <c r="E24" s="4">
         <v>390</v>
       </c>
       <c r="F24" s="4">
         <v>413</v>
       </c>
       <c r="G24" s="4">
         <v>402</v>
       </c>
       <c r="H24" s="4">
@@ -2216,105 +2216,105 @@
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>25</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>31</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>32</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>33</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>34</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>36</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>37</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>40</v>
       </c>
       <c r="W27" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>3</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>43</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>45</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>85</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>86</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>87</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>5</v>
       </c>
@@ -2504,227 +2504,227 @@
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>60</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E31" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F31" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="F31" s="6" t="s">
+      <c r="G31" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G31" s="6" t="s">
+      <c r="H31" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="H31" s="6" t="s">
+      <c r="I31" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="I31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K31" s="6" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>64</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>65</v>
       </c>
       <c r="N31" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="O31" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O31" s="6" t="s">
+      <c r="P31" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="P31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q31" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="R31" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="R31" s="6" t="s">
+      <c r="S31" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="T31" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>71</v>
       </c>
       <c r="V31" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="W31" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="W31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X31" s="6" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="Y31" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="Z31" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>74</v>
       </c>
       <c r="AC31" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="AD31" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C32" s="4">
+        <v>391</v>
+      </c>
+      <c r="D32" s="4">
         <v>387</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>369</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>356</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>364</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>366</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>362</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>409</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>393</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>414</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>362</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>352</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>364</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>387</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>417</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>363</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>347</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>374</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>377</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>350</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>380</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>361</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>375</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>327</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>374</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>351</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>359</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>369</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>363</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -2858,126 +2858,126 @@
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>98</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>27</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>28</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>32</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>34</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>100</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>37</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>101</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>38</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>102</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>40</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>42</v>
       </c>
       <c r="AC39" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="AD39" s="6" t="s">
         <v>3</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AF39" s="6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C40" s="4">
         <v>407</v>
       </c>
       <c r="D40" s="4">
         <v>401</v>
       </c>
       <c r="E40" s="4">
         <v>345</v>
       </c>
       <c r="F40" s="4">
         <v>394</v>
       </c>
       <c r="G40" s="4">
         <v>437</v>
       </c>
       <c r="H40" s="4">