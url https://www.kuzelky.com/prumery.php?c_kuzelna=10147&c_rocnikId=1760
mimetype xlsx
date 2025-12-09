--- v0 (2025-12-05)
+++ v1 (2025-12-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Výsledky hráčů družstva Klokani CB Dobřany na kuželně CB Dobřany</t>
   </si>
   <si>
     <t>Josef Fišer</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>11.3.2024</t>
   </si>
   <si>
     <t>22.1.2024</t>
   </si>
   <si>
     <t>2.12.2023</t>
   </si>
   <si>
     <t>20.11.2023</t>
   </si>
   <si>
     <t>16.10.2023</t>
   </si>
   <si>
@@ -200,50 +200,53 @@
   <si>
     <t>10.2.2018</t>
   </si>
   <si>
     <t>4.2.2018</t>
   </si>
   <si>
     <t>2.12.2017</t>
   </si>
   <si>
     <t>11.11.2017</t>
   </si>
   <si>
     <t>11.2.2017</t>
   </si>
   <si>
     <t>25.9.2016</t>
   </si>
   <si>
     <t>24.9.2016</t>
   </si>
   <si>
     <t>Lukáš Doubrava</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>12.4.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>24.11.2024</t>
@@ -278,105 +281,105 @@
   <si>
     <t>14.10.2023</t>
   </si>
   <si>
     <t>23.9.2023</t>
   </si>
   <si>
     <t>15.4.2023</t>
   </si>
   <si>
     <t>7.4.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
+    <t>ml. Fišer ml.</t>
+  </si>
+  <si>
+    <t>22.11.2025</t>
+  </si>
+  <si>
+    <t>9.3.2024</t>
+  </si>
+  <si>
+    <t>3.2.2024</t>
+  </si>
+  <si>
+    <t>18.11.2023</t>
+  </si>
+  <si>
+    <t>15.10.2022</t>
+  </si>
+  <si>
+    <t>19.2.2022</t>
+  </si>
+  <si>
+    <t>20.11.2021</t>
+  </si>
+  <si>
+    <t>2.8.2021</t>
+  </si>
+  <si>
+    <t>19.7.2021</t>
+  </si>
+  <si>
+    <t>19.9.2020</t>
+  </si>
+  <si>
+    <t>Martin Pejčoch</t>
+  </si>
+  <si>
+    <t>29.3.2025</t>
+  </si>
+  <si>
+    <t>Martin Vrbata</t>
+  </si>
+  <si>
+    <t>1.12.2018</t>
+  </si>
+  <si>
+    <t>7.4.2018</t>
+  </si>
+  <si>
+    <t>15.10.2016</t>
+  </si>
+  <si>
+    <t>Vlastimil Zeman ml.</t>
+  </si>
+  <si>
     <t>5.11.2022</t>
-  </si>
-[...52 lines deleted...]
-    <t>Vlastimil Zeman ml.</t>
   </si>
   <si>
     <t>12.10.2019</t>
   </si>
   <si>
     <t>2.2.2019</t>
   </si>
   <si>
     <t>10.3.2018</t>
   </si>
   <si>
     <t>20.1.2018</t>
   </si>
   <si>
     <t>13.1.2018</t>
   </si>
   <si>
     <t>28.10.2017</t>
   </si>
   <si>
     <t>14.10.2017</t>
   </si>
   <si>
     <t>26.2.2017</t>
   </si>
@@ -1418,185 +1421,185 @@
       <c r="K11" s="6" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="S11" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="T11" s="6" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>79</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>80</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>81</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>82</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>83</v>
       </c>
       <c r="Z11" s="6" t="s">
         <v>84</v>
       </c>
       <c r="AA11" s="6" t="s">
         <v>85</v>
       </c>
       <c r="AB11" s="6" t="s">
         <v>86</v>
       </c>
       <c r="AC11" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="AD11" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="AD11" s="6" t="s">
+      <c r="AE11" s="6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>607</v>
+      </c>
+      <c r="D12" s="4">
         <v>582</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>595</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>568</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>581</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>562</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>611</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>594</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>579</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>647</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>586</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>591</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>545</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>556</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>614</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>570</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>554</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>595</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>591</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>637</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>553</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>572</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>600</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>546</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>605</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>617</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>552</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>614</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>583</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>600</v>
-      </c>
-[...1 lines deleted...]
-        <v>608</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
         <v>120</v>
       </c>
       <c r="H13" s="4">
         <v>120</v>
       </c>
       <c r="I13" s="4">
@@ -1658,233 +1661,233 @@
       </c>
       <c r="AB13" s="4">
         <v>120</v>
       </c>
       <c r="AC13" s="4">
         <v>120</v>
       </c>
       <c r="AD13" s="4">
         <v>120</v>
       </c>
       <c r="AE13" s="4">
         <v>120</v>
       </c>
       <c r="AF13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D15" s="6" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>75</v>
       </c>
       <c r="F15" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="G15" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="G15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="I15" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="I15" s="6" t="s">
+      <c r="J15" s="6" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>83</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>84</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>85</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>86</v>
       </c>
       <c r="O15" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="P15" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q15" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="R15" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="R15" s="6" t="s">
+      <c r="S15" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="S15" s="6" t="s">
+      <c r="T15" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="T15" s="6" t="s">
+      <c r="U15" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="U15" s="6" t="s">
+      <c r="V15" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="V15" s="6" t="s">
+      <c r="W15" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="W15" s="6" t="s">
+      <c r="X15" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="X15" s="6" t="s">
+      <c r="Y15" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="Y15" s="6" t="s">
+      <c r="Z15" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="Z15" s="6" t="s">
+      <c r="AA15" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="AA15" s="6" t="s">
+      <c r="AB15" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="AB15" s="6" t="s">
+      <c r="AC15" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="AC15" s="6" t="s">
+      <c r="AD15" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="AD15" s="6" t="s">
+      <c r="AE15" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="AE15" s="6" t="s">
+      <c r="AF15" s="6" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>547</v>
+      </c>
+      <c r="D16" s="4">
         <v>538</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>584</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>563</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>591</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>605</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>544</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>551</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>580</v>
-      </c>
-[...1 lines deleted...]
-        <v>567</v>
       </c>
       <c r="L16" s="4">
         <v>567</v>
       </c>
       <c r="M16" s="4">
+        <v>567</v>
+      </c>
+      <c r="N16" s="4">
         <v>594</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>607</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>551</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>581</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>558</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>573</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>566</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>581</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>556</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>566</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>554</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>610</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>564</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>605</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>586</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>603</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>588</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>598</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">
@@ -1946,233 +1949,233 @@
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D19" s="6" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>63</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>64</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>65</v>
       </c>
       <c r="H19" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="I19" s="6" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>67</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>68</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>69</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>70</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>71</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>72</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>73</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>74</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>75</v>
       </c>
       <c r="S19" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="T19" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="T19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U19" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="V19" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="V19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W19" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="X19" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="X19" s="6" t="s">
+      <c r="Y19" s="6" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>79</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>80</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>81</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>82</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>83</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>84</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>578</v>
+      </c>
+      <c r="D20" s="4">
         <v>584</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>604</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>541</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>569</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>580</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>609</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>589</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>556</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>601</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>605</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>598</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>556</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>559</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>607</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>595</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>580</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>585</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>581</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>601</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>543</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>565</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>608</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>598</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>561</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>603</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>606</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>625</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>616</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>631</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
         <v>120</v>
       </c>
       <c r="I21" s="4">
@@ -2315,105 +2318,105 @@
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="4">
         <v>120</v>
       </c>
       <c r="G25" s="4">
         <v>120</v>
       </c>
       <c r="H25" s="4">
         <v>120</v>
       </c>
       <c r="I25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>106</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>88</v>
+        <v>107</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>94</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>99</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>54</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>55</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>56</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>57</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>25</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>58</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>32</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>105</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
@@ -2561,93 +2564,93 @@
       </c>
       <c r="V29" s="4">
         <v>120</v>
       </c>
       <c r="W29" s="4">
         <v>120</v>
       </c>
       <c r="X29" s="4">
         <v>120</v>
       </c>
       <c r="Y29" s="4">
         <v>120</v>
       </c>
       <c r="Z29" s="4">
         <v>120</v>
       </c>
       <c r="AA29" s="4">
         <v>120</v>
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>55</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>26</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>105</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>59</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>569</v>
       </c>
       <c r="D32" s="4">
@@ -2741,239 +2744,239 @@
       </c>
       <c r="N33" s="4">
         <v>120</v>
       </c>
       <c r="O33" s="4">
         <v>120</v>
       </c>
       <c r="P33" s="4">
         <v>120</v>
       </c>
       <c r="Q33" s="4">
         <v>120</v>
       </c>
       <c r="R33" s="4">
         <v>120</v>
       </c>
       <c r="S33" s="4">
         <v>120</v>
       </c>
       <c r="T33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D35" s="6" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>63</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>64</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>65</v>
       </c>
       <c r="H35" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="I35" s="6" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>67</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>68</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>69</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>70</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>71</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>72</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>73</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>74</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>75</v>
       </c>
       <c r="S35" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="T35" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="T35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U35" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="V35" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="V35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W35" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="X35" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="X35" s="6" t="s">
+      <c r="Y35" s="6" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>79</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>80</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>81</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>82</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>83</v>
       </c>
       <c r="AE35" s="6" t="s">
         <v>84</v>
       </c>
       <c r="AF35" s="6" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>639</v>
+      </c>
+      <c r="D36" s="4">
         <v>596</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>568</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>595</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>635</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>598</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>571</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>602</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>596</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>615</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>607</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>603</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>587</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>596</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>620</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>554</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>574</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>606</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>581</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>573</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>584</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>573</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>571</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>608</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>612</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>589</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>585</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>581</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>588</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>600</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="4">
         <v>120</v>
       </c>
       <c r="D37" s="4">
         <v>120</v>
       </c>
       <c r="E37" s="4">
         <v>120</v>
       </c>
       <c r="F37" s="4">
         <v>120</v>
       </c>
       <c r="G37" s="4">
         <v>120</v>
       </c>
       <c r="H37" s="4">
         <v>120</v>
       </c>
       <c r="I37" s="4">