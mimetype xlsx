--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -242,50 +242,53 @@
   <si>
     <t>15.10.2011</t>
   </si>
   <si>
     <t>24.9.2011</t>
   </si>
   <si>
     <t>15.1.2011</t>
   </si>
   <si>
     <t>20.11.2010</t>
   </si>
   <si>
     <t>23.10.2010</t>
   </si>
   <si>
     <t>2.10.2010</t>
   </si>
   <si>
     <t>18.9.2010</t>
   </si>
   <si>
     <t>Josef ml. Fišer ml.</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>29.9.2024</t>
   </si>
   <si>
     <t>23.3.2024</t>
   </si>
   <si>
     <t>9.3.2024</t>
   </si>
   <si>
     <t>24.2.2024</t>
   </si>
   <si>
     <t>3.2.2024</t>
   </si>
   <si>
     <t>18.11.2023</t>
   </si>
   <si>
     <t>15.4.2023</t>
   </si>
   <si>
     <t>7.4.2023</t>
@@ -324,53 +327,50 @@
     <t>11.12.2021</t>
   </si>
   <si>
     <t>20.11.2021</t>
   </si>
   <si>
     <t>16.10.2021</t>
   </si>
   <si>
     <t>25.9.2021</t>
   </si>
   <si>
     <t>2.8.2021</t>
   </si>
   <si>
     <t>19.7.2021</t>
   </si>
   <si>
     <t>19.9.2020</t>
   </si>
   <si>
     <t>5.9.2020</t>
   </si>
   <si>
     <t>29.2.2020</t>
-  </si>
-[...1 lines deleted...]
-    <t>15.2.2020</t>
   </si>
   <si>
     <t>Milan Vrabec</t>
   </si>
   <si>
     <t>24.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>3.11.2025</t>
   </si>
   <si>
     <t>20.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>6.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
@@ -1706,158 +1706,158 @@
       <c r="T15" s="6" t="s">
         <v>93</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>94</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>95</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>96</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>97</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>98</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>99</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>100</v>
       </c>
       <c r="AB15" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="AC15" s="6" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>102</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>103</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>547</v>
+      </c>
+      <c r="D16" s="4">
         <v>538</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>584</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>563</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>591</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>605</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>544</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>551</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>580</v>
-      </c>
-[...1 lines deleted...]
-        <v>567</v>
       </c>
       <c r="L16" s="4">
         <v>567</v>
       </c>
       <c r="M16" s="4">
+        <v>567</v>
+      </c>
+      <c r="N16" s="4">
         <v>594</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>607</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>551</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>581</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>558</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>573</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>566</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>581</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>556</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>566</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>554</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>610</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>564</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>605</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>586</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>603</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>588</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>598</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">
@@ -1967,87 +1967,87 @@
       <c r="K19" s="6" t="s">
         <v>114</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>115</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>116</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>117</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>118</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>119</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>120</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>121</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>122</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>123</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>124</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>125</v>
       </c>
       <c r="AB19" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>603</v>
       </c>
       <c r="D20" s="4">
         <v>546</v>
       </c>
       <c r="E20" s="4">
         <v>594</v>
       </c>
       <c r="F20" s="4">
         <v>571</v>
       </c>
       <c r="G20" s="4">
         <v>548</v>
       </c>
       <c r="H20" s="4">
@@ -2384,132 +2384,132 @@
       </c>
       <c r="Q25" s="4">
         <v>120</v>
       </c>
       <c r="R25" s="4">
         <v>120</v>
       </c>
       <c r="S25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>128</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>112</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>121</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>5</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>122</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>123</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>124</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>125</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>126</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>129</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>130</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="W27" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>131</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>132</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>132</v>
       </c>
       <c r="AA27" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>133</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>594</v>
       </c>
       <c r="D28" s="4">
         <v>547</v>
       </c>
       <c r="E28" s="4">
         <v>548</v>
       </c>
       <c r="F28" s="4">
         <v>540</v>
       </c>
       <c r="G28" s="4">
         <v>575</v>
       </c>
       <c r="H28" s="4">
         <v>557</v>
       </c>
       <c r="I28" s="4">
@@ -2666,108 +2666,108 @@
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>134</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>107</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>123</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>124</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>135</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>136</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>133</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>137</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>138</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>139</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>140</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>141</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>141</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>142</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>142</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>143</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>144</v>
       </c>