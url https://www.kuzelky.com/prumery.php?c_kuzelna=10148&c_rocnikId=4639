--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
   <si>
     <t>Výsledky hráčů družstva TJ Blatná C na kuželně TJ Blatná</t>
   </si>
   <si>
     <t>Miloš Rozhoň</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>14.2.2025</t>
   </si>
   <si>
@@ -336,50 +336,53 @@
     <t>1.2.2020</t>
   </si>
   <si>
     <t>24.11.2019</t>
   </si>
   <si>
     <t>9.11.2019</t>
   </si>
   <si>
     <t>2.11.2019</t>
   </si>
   <si>
     <t>21.9.2019</t>
   </si>
   <si>
     <t>7.9.2019</t>
   </si>
   <si>
     <t>19.10.2018</t>
   </si>
   <si>
     <t>Jaroslav Pýcha</t>
   </si>
   <si>
     <t>Robert Flandera</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>30.3.2024</t>
   </si>
   <si>
     <t>13.1.2024</t>
   </si>
   <si>
     <t>2.12.2023</t>
   </si>
@@ -2324,399 +2327,408 @@
       </c>
       <c r="I29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>108</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>109</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>110</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>111</v>
       </c>
       <c r="G31" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="H31" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="H31" s="6" t="s">
+      <c r="I31" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="I31" s="6" t="s">
+      <c r="J31" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="J31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>113</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>114</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>115</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>116</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>117</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>118</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>119</v>
       </c>
       <c r="S31" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="T31" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="U31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V31" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="W31" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="Z31" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="Z31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA31" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="AB31" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AC31" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>447</v>
+      </c>
+      <c r="D32" s="4">
         <v>446</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>434</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>475</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>459</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>419</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>434</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>449</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>448</v>
       </c>
-      <c r="K32" s="7">
+      <c r="L32" s="7">
         <v>559</v>
       </c>
-      <c r="L32" s="7">
+      <c r="M32" s="7">
         <v>583</v>
       </c>
-      <c r="M32" s="7">
+      <c r="N32" s="7">
         <v>576</v>
       </c>
-      <c r="N32" s="7">
+      <c r="O32" s="7">
         <v>535</v>
       </c>
-      <c r="O32" s="7">
+      <c r="P32" s="7">
         <v>556</v>
       </c>
-      <c r="P32" s="7">
+      <c r="Q32" s="7">
         <v>597</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>459</v>
       </c>
-      <c r="R32" s="7">
+      <c r="S32" s="7">
         <v>502</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>461</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>472</v>
       </c>
-      <c r="U32" s="7">
+      <c r="V32" s="7">
         <v>569</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>434</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>422</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>479</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>467</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>418</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>408</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>455</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>383</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>453</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>438</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
         <v>100</v>
       </c>
       <c r="J33" s="6">
         <v>100</v>
       </c>
-      <c r="K33" s="7">
-        <v>120</v>
+      <c r="K33" s="6">
+        <v>100</v>
       </c>
       <c r="L33" s="7">
         <v>120</v>
       </c>
       <c r="M33" s="7">
         <v>120</v>
       </c>
       <c r="N33" s="7">
         <v>120</v>
       </c>
       <c r="O33" s="7">
         <v>120</v>
       </c>
       <c r="P33" s="7">
         <v>120</v>
       </c>
-      <c r="Q33" s="6">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="Q33" s="7">
+        <v>120</v>
+      </c>
+      <c r="R33" s="6">
+        <v>100</v>
+      </c>
+      <c r="S33" s="7">
+        <v>120</v>
       </c>
       <c r="T33" s="6">
         <v>100</v>
       </c>
-      <c r="U33" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="U33" s="6">
+        <v>100</v>
+      </c>
+      <c r="V33" s="7">
+        <v>120</v>
       </c>
       <c r="W33" s="6">
         <v>100</v>
       </c>
       <c r="X33" s="6">
         <v>100</v>
       </c>
       <c r="Y33" s="6">
         <v>100</v>
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
+        <v>100</v>
+      </c>
+      <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>87</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>88</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>89</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>90</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>91</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>92</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>93</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>94</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>95</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>97</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>98</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>100</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>102</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="AE35" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AF35" s="6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="7">
         <v>592</v>
       </c>
       <c r="D36" s="7">
         <v>629</v>
       </c>
       <c r="E36" s="7">
         <v>632</v>
       </c>
       <c r="F36" s="7">
         <v>539</v>
       </c>
       <c r="G36" s="7">
@@ -2873,144 +2885,144 @@
       </c>
       <c r="Z37" s="7">
         <v>120</v>
       </c>
       <c r="AA37" s="7">
         <v>120</v>
       </c>
       <c r="AB37" s="7">
         <v>120</v>
       </c>
       <c r="AC37" s="7">
         <v>120</v>
       </c>
       <c r="AD37" s="7">
         <v>120</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="AB39" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="AC39" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="7">
         <v>599</v>
       </c>
       <c r="D40" s="7">
         <v>586</v>
       </c>
       <c r="E40" s="7">
         <v>630</v>
       </c>
       <c r="F40" s="7">
         <v>584</v>
       </c>
       <c r="G40" s="7">
         <v>585</v>
       </c>
       <c r="H40" s="7">
         <v>584</v>
       </c>
       <c r="I40" s="7">
@@ -3161,126 +3173,126 @@
       </c>
       <c r="Z41" s="7">
         <v>120</v>
       </c>
       <c r="AA41" s="7">
         <v>120</v>
       </c>
       <c r="AB41" s="7">
         <v>120</v>
       </c>
       <c r="AC41" s="7">
         <v>120</v>
       </c>
       <c r="AD41" s="7">
         <v>120</v>
       </c>
       <c r="AE41" s="7">
         <v>120</v>
       </c>
       <c r="AF41" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>9</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>57</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>10</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>11</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>78</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>14</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>79</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>15</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>16</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>80</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>17</v>
       </c>
       <c r="Z43" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>18</v>
       </c>
       <c r="AB43" s="6" t="s">
         <v>81</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>82</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>83</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>84</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="7">
@@ -3449,325 +3461,325 @@
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>108</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>109</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>110</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>111</v>
       </c>
       <c r="G47" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="H47" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="H47" s="6" t="s">
+      <c r="I47" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="I47" s="6" t="s">
+      <c r="J47" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="J47" s="6" t="s">
+      <c r="K47" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="K47" s="6" t="s">
+      <c r="L47" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="L47" s="6" t="s">
+      <c r="M47" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="M47" s="6" t="s">
+      <c r="N47" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="N47" s="6" t="s">
+      <c r="O47" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="O47" s="6" t="s">
+      <c r="P47" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="P47" s="6" t="s">
+      <c r="Q47" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="Q47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R47" s="6" t="s">
-        <v>115</v>
+        <v>147</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>116</v>
       </c>
       <c r="T47" s="6" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="U47" s="6" t="s">
-        <v>117</v>
+        <v>150</v>
       </c>
       <c r="V47" s="6" t="s">
-        <v>150</v>
+        <v>118</v>
       </c>
       <c r="W47" s="6" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="X47" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="Y47" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="Y47" s="6" t="s">
+      <c r="Z47" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="Z47" s="6" t="s">
+      <c r="AA47" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="AA47" s="6" t="s">
+      <c r="AB47" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="AB47" s="6" t="s">
+      <c r="AC47" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="AC47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD47" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="AE47" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="AE47" s="6" t="s">
+      <c r="AF47" s="6" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
+        <v>489</v>
+      </c>
+      <c r="D48" s="4">
         <v>485</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>456</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>482</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>447</v>
       </c>
-      <c r="G48" s="4">
+      <c r="H48" s="4">
         <v>428</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>460</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>488</v>
       </c>
-      <c r="J48" s="4">
+      <c r="K48" s="4">
         <v>462</v>
       </c>
-      <c r="K48" s="4">
+      <c r="L48" s="4">
         <v>429</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>468</v>
       </c>
-      <c r="M48" s="4">
+      <c r="N48" s="4">
         <v>460</v>
       </c>
-      <c r="N48" s="4">
+      <c r="O48" s="4">
         <v>463</v>
       </c>
-      <c r="O48" s="4">
+      <c r="P48" s="4">
         <v>439</v>
       </c>
-      <c r="P48" s="4">
+      <c r="Q48" s="4">
         <v>480</v>
       </c>
-      <c r="Q48" s="7">
+      <c r="R48" s="7">
         <v>586</v>
       </c>
-      <c r="R48" s="7">
+      <c r="S48" s="7">
         <v>512</v>
       </c>
-      <c r="S48" s="7">
+      <c r="T48" s="7">
         <v>581</v>
       </c>
-      <c r="T48" s="7">
+      <c r="U48" s="7">
         <v>523</v>
       </c>
-      <c r="U48" s="7">
+      <c r="V48" s="7">
         <v>550</v>
       </c>
-      <c r="V48" s="7">
+      <c r="W48" s="7">
         <v>521</v>
       </c>
-      <c r="W48" s="7">
+      <c r="X48" s="7">
         <v>544</v>
       </c>
-      <c r="X48" s="7">
+      <c r="Y48" s="7">
         <v>572</v>
       </c>
-      <c r="Y48" s="7">
+      <c r="Z48" s="7">
         <v>581</v>
       </c>
-      <c r="Z48" s="7">
+      <c r="AA48" s="7">
         <v>562</v>
       </c>
-      <c r="AA48" s="7">
+      <c r="AB48" s="7">
         <v>510</v>
       </c>
-      <c r="AB48" s="7">
+      <c r="AC48" s="7">
         <v>556</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AD48" s="4">
         <v>465</v>
       </c>
-      <c r="AD48" s="4">
+      <c r="AE48" s="4">
         <v>442</v>
       </c>
-      <c r="AE48" s="4">
+      <c r="AF48" s="4">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
       <c r="I49" s="6">
         <v>100</v>
       </c>
       <c r="J49" s="6">
         <v>100</v>
       </c>
       <c r="K49" s="6">
         <v>100</v>
       </c>
       <c r="L49" s="6">
         <v>100</v>
       </c>
       <c r="M49" s="6">
         <v>100</v>
       </c>
       <c r="N49" s="6">
         <v>100</v>
       </c>
       <c r="O49" s="6">
         <v>100</v>
       </c>
       <c r="P49" s="6">
         <v>100</v>
       </c>
-      <c r="Q49" s="7">
-        <v>120</v>
+      <c r="Q49" s="6">
+        <v>100</v>
       </c>
       <c r="R49" s="7">
         <v>120</v>
       </c>
       <c r="S49" s="7">
         <v>120</v>
       </c>
       <c r="T49" s="7">
         <v>120</v>
       </c>
       <c r="U49" s="7">
         <v>120</v>
       </c>
       <c r="V49" s="7">
         <v>120</v>
       </c>
       <c r="W49" s="7">
         <v>120</v>
       </c>
       <c r="X49" s="7">
         <v>120</v>
       </c>
       <c r="Y49" s="7">
         <v>120</v>
       </c>
       <c r="Z49" s="7">
         <v>120</v>
       </c>
       <c r="AA49" s="7">
         <v>120</v>
       </c>
       <c r="AB49" s="7">
         <v>120</v>
       </c>
-      <c r="AC49" s="6">
-        <v>100</v>
+      <c r="AC49" s="7">
+        <v>120</v>
       </c>
       <c r="AD49" s="6">
         <v>100</v>
       </c>
       <c r="AE49" s="6">
         <v>100</v>
       </c>
       <c r="AF49" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>