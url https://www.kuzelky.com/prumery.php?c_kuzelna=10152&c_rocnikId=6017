--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -12,59 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Výsledky hráčů družstva KK Slavia Praha na kuželně SK Žižkov Praha</t>
   </si>
   <si>
     <t>Vladimíra Malinská</t>
   </si>
   <si>
     <t>Datum:</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
   <si>
     <t>13.4.2024</t>
   </si>
   <si>
     <t>6.4.2024</t>
   </si>
   <si>
     <t>16.3.2024</t>
   </si>
   <si>
     <t>2.3.2024</t>
   </si>
   <si>
     <t>10.2.2024</t>
   </si>
   <si>
     <t>10.12.2023</t>
   </si>
@@ -673,134 +676,140 @@
       </c>
       <c r="T3" s="6" t="s">
         <v>20</v>
       </c>
       <c r="U3" s="6" t="s">
         <v>21</v>
       </c>
       <c r="V3" s="6" t="s">
         <v>22</v>
       </c>
       <c r="W3" s="6" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
+      <c r="AB3" s="6" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C4" s="4">
+        <v>564</v>
+      </c>
+      <c r="D4" s="4">
         <v>566</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>538</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>596</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>576</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>586</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>543</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>566</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>555</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>566</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>552</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>582</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>603</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>604</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>549</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>562</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>528</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>549</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>575</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>579</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>557</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>580</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>563</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>567</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>551</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>566</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
         <v>120</v>
       </c>
       <c r="J5" s="4">
         <v>120</v>
       </c>
@@ -831,243 +840,252 @@
       <c r="S5" s="4">
         <v>120</v>
       </c>
       <c r="T5" s="4">
         <v>120</v>
       </c>
       <c r="U5" s="4">
         <v>120</v>
       </c>
       <c r="V5" s="4">
         <v>120</v>
       </c>
       <c r="W5" s="4">
         <v>120</v>
       </c>
       <c r="X5" s="4">
         <v>120</v>
       </c>
       <c r="Y5" s="4">
         <v>120</v>
       </c>
       <c r="Z5" s="4">
         <v>120</v>
       </c>
       <c r="AA5" s="4">
+        <v>120</v>
+      </c>
+      <c r="AB5" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>31</v>
+        <v>3</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>3</v>
+        <v>32</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>32</v>
+        <v>4</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="G7" s="6" t="s">
-        <v>4</v>
+        <v>34</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>5</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="J7" s="6" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>9</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>10</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="P7" s="6" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="Q7" s="6" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="T7" s="6" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="V7" s="6" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="W7" s="6" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="X7" s="6" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="Y7" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Z7" s="6" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="AA7" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AD7" s="6" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="AE7" s="6" t="s">
-        <v>27</v>
+        <v>40</v>
+      </c>
+      <c r="AF7" s="6" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C8" s="4">
+        <v>560</v>
+      </c>
+      <c r="D8" s="4">
         <v>578</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>549</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>579</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>556</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>552</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>579</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>571</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>573</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>535</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>618</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>557</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>538</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>542</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>587</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>572</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>544</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>537</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>531</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>595</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>525</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>592</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>626</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>568</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>535</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>579</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>573</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>538</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>592</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>596</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="4">
         <v>120</v>
       </c>
       <c r="F9" s="4">
         <v>120</v>
       </c>
       <c r="G9" s="4">
         <v>120</v>
       </c>
       <c r="H9" s="4">
         <v>120</v>
       </c>
       <c r="I9" s="4">
         <v>120</v>
       </c>
       <c r="J9" s="4">
         <v>120</v>
       </c>
@@ -1110,289 +1128,292 @@
       <c r="W9" s="4">
         <v>120</v>
       </c>
       <c r="X9" s="4">
         <v>120</v>
       </c>
       <c r="Y9" s="4">
         <v>120</v>
       </c>
       <c r="Z9" s="4">
         <v>120</v>
       </c>
       <c r="AA9" s="4">
         <v>120</v>
       </c>
       <c r="AB9" s="4">
         <v>120</v>
       </c>
       <c r="AC9" s="4">
         <v>120</v>
       </c>
       <c r="AD9" s="4">
         <v>120</v>
       </c>
       <c r="AE9" s="4">
+        <v>120</v>
+      </c>
+      <c r="AF9" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M11" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12" s="4">
         <v>579</v>
       </c>
       <c r="D12" s="4">
         <v>610</v>
       </c>
       <c r="E12" s="4">
         <v>546</v>
       </c>
       <c r="F12" s="4">
         <v>558</v>
       </c>
       <c r="G12" s="4">
         <v>528</v>
       </c>
       <c r="H12" s="4">
         <v>543</v>
       </c>
       <c r="I12" s="4">
         <v>590</v>
       </c>
       <c r="J12" s="4">
         <v>554</v>
       </c>
       <c r="K12" s="4">
         <v>531</v>
       </c>
       <c r="L12" s="4">
         <v>516</v>
       </c>
       <c r="M12" s="4">
         <v>583</v>
       </c>
       <c r="N12" s="4">
         <v>538</v>
       </c>
       <c r="O12" s="4">
         <v>595</v>
       </c>
       <c r="P12" s="4">
         <v>553</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
         <v>120</v>
       </c>
       <c r="H13" s="4">
         <v>120</v>
       </c>
       <c r="I13" s="4">
         <v>120</v>
       </c>
       <c r="J13" s="4">
         <v>120</v>
       </c>
       <c r="K13" s="4">
         <v>120</v>
       </c>
       <c r="L13" s="4">
         <v>120</v>
       </c>
       <c r="M13" s="4">
         <v>120</v>
       </c>
       <c r="N13" s="4">
         <v>120</v>
       </c>
       <c r="O13" s="4">
         <v>120</v>
       </c>
       <c r="P13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="W15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="Y15" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="AA15" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AC15" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C16" s="4">
         <v>577</v>
       </c>
       <c r="D16" s="4">
         <v>600</v>
       </c>
       <c r="E16" s="4">
         <v>599</v>
       </c>
       <c r="F16" s="4">
         <v>581</v>
       </c>
       <c r="G16" s="4">
         <v>575</v>
       </c>
       <c r="H16" s="4">
         <v>580</v>
       </c>
       <c r="I16" s="4">
         <v>551</v>
       </c>
       <c r="J16" s="4">
         <v>587</v>
       </c>
@@ -1434,51 +1455,51 @@
       </c>
       <c r="W16" s="4">
         <v>607</v>
       </c>
       <c r="X16" s="4">
         <v>554</v>
       </c>
       <c r="Y16" s="4">
         <v>572</v>
       </c>
       <c r="Z16" s="4">
         <v>593</v>
       </c>
       <c r="AA16" s="4">
         <v>584</v>
       </c>
       <c r="AB16" s="4">
         <v>617</v>
       </c>
       <c r="AC16" s="4">
         <v>607</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">
         <v>120</v>
       </c>
       <c r="J17" s="4">
         <v>120</v>
       </c>
@@ -1520,110 +1541,110 @@
       </c>
       <c r="W17" s="4">
         <v>120</v>
       </c>
       <c r="X17" s="4">
         <v>120</v>
       </c>
       <c r="Y17" s="4">
         <v>120</v>
       </c>
       <c r="Z17" s="4">
         <v>120</v>
       </c>
       <c r="AA17" s="4">
         <v>120</v>
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C20" s="4">
         <v>571</v>
       </c>
       <c r="D20" s="4">
         <v>558</v>
       </c>
       <c r="E20" s="4">
         <v>606</v>
       </c>
       <c r="F20" s="4">
         <v>554</v>
       </c>
       <c r="G20" s="4">
         <v>546</v>
       </c>
       <c r="H20" s="4">
         <v>561</v>
       </c>
       <c r="I20" s="4">
         <v>514</v>
       </c>
       <c r="J20" s="4">
         <v>585</v>
       </c>
@@ -1635,51 +1656,51 @@
       </c>
       <c r="M20" s="4">
         <v>497</v>
       </c>
       <c r="N20" s="4">
         <v>519</v>
       </c>
       <c r="O20" s="4">
         <v>581</v>
       </c>
       <c r="P20" s="4">
         <v>541</v>
       </c>
       <c r="Q20" s="4">
         <v>531</v>
       </c>
       <c r="R20" s="4">
         <v>594</v>
       </c>
       <c r="S20" s="4">
         <v>605</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
         <v>120</v>
       </c>
       <c r="I21" s="4">
         <v>120</v>
       </c>
       <c r="J21" s="4">
         <v>120</v>
       </c>
@@ -1691,406 +1712,406 @@
       </c>
       <c r="M21" s="4">
         <v>120</v>
       </c>
       <c r="N21" s="4">
         <v>120</v>
       </c>
       <c r="O21" s="4">
         <v>120</v>
       </c>
       <c r="P21" s="4">
         <v>120</v>
       </c>
       <c r="Q21" s="4">
         <v>120</v>
       </c>
       <c r="R21" s="4">
         <v>120</v>
       </c>
       <c r="S21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C24" s="4">
         <v>609</v>
       </c>
       <c r="D24" s="4">
         <v>613</v>
       </c>
       <c r="E24" s="4">
         <v>639</v>
       </c>
       <c r="F24" s="4">
         <v>595</v>
       </c>
       <c r="G24" s="4">
         <v>635</v>
       </c>
       <c r="H24" s="4">
         <v>659</v>
       </c>
       <c r="I24" s="4">
         <v>621</v>
       </c>
       <c r="J24" s="4">
         <v>675</v>
       </c>
       <c r="K24" s="4">
         <v>579</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="4">
         <v>120</v>
       </c>
       <c r="G25" s="4">
         <v>120</v>
       </c>
       <c r="H25" s="4">
         <v>120</v>
       </c>
       <c r="I25" s="4">
         <v>120</v>
       </c>
       <c r="J25" s="4">
         <v>120</v>
       </c>
       <c r="K25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C28" s="4">
         <v>541</v>
       </c>
       <c r="D28" s="4">
         <v>576</v>
       </c>
       <c r="E28" s="4">
         <v>602</v>
       </c>
       <c r="F28" s="4">
         <v>557</v>
       </c>
       <c r="G28" s="4">
         <v>572</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>31</v>
+        <v>3</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>3</v>
+        <v>32</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>32</v>
+        <v>4</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>33</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>4</v>
+        <v>34</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>35</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="W31" s="6" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>22</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C32" s="4">
+        <v>567</v>
+      </c>
+      <c r="D32" s="4">
         <v>562</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>560</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>603</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>572</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>596</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>554</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>561</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>600</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>591</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>560</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>564</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>605</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>599</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>616</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>605</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>600</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>640</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="U32" s="4">
         <v>604</v>
       </c>
       <c r="V32" s="4">
+        <v>604</v>
+      </c>
+      <c r="W32" s="4">
         <v>534</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>600</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>595</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>633</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>619</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>581</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>591</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>570</v>
       </c>
       <c r="AE32" s="4">
         <v>570</v>
       </c>
       <c r="AF32" s="4">
-        <v>609</v>
+        <v>570</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">
         <v>120</v>
       </c>
       <c r="J33" s="4">
         <v>120</v>
       </c>