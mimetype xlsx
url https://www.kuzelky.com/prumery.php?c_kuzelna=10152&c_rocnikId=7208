--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -377,201 +377,201 @@
   <si>
     <t>23.2.2023</t>
   </si>
   <si>
     <t>9.2.2023</t>
   </si>
   <si>
     <t>Miroslav Vyšný</t>
   </si>
   <si>
     <t>17.11.2022</t>
   </si>
   <si>
     <t>Blanka Koubová</t>
   </si>
   <si>
     <t>30.3.2023</t>
   </si>
   <si>
     <t>Roman Hrdlička</t>
   </si>
   <si>
     <t>Hana Zdražilová</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>6.12.2024</t>
   </si>
   <si>
     <t>5.4.2024</t>
   </si>
   <si>
+    <t>David Dungel</t>
+  </si>
+  <si>
+    <t>24.3.2025</t>
+  </si>
+  <si>
+    <t>18.3.2025</t>
+  </si>
+  <si>
+    <t>18.2.2025</t>
+  </si>
+  <si>
+    <t>8.4.2024</t>
+  </si>
+  <si>
+    <t>26.3.2024</t>
+  </si>
+  <si>
+    <t>5.3.2024</t>
+  </si>
+  <si>
+    <t>26.2.2024</t>
+  </si>
+  <si>
+    <t>9.1.2024</t>
+  </si>
+  <si>
+    <t>20.11.2023</t>
+  </si>
+  <si>
+    <t>24.10.2023</t>
+  </si>
+  <si>
+    <t>2.10.2023</t>
+  </si>
+  <si>
+    <t>27.4.2023</t>
+  </si>
+  <si>
+    <t>19.9.2022</t>
+  </si>
+  <si>
+    <t>18.3.2022</t>
+  </si>
+  <si>
+    <t>4.3.2022</t>
+  </si>
+  <si>
+    <t>6.12.2021</t>
+  </si>
+  <si>
+    <t>3.12.2021</t>
+  </si>
+  <si>
+    <t>12.11.2021</t>
+  </si>
+  <si>
+    <t>20.10.2021</t>
+  </si>
+  <si>
+    <t>Daniel Kulhánek</t>
+  </si>
+  <si>
+    <t>17.10.2025</t>
+  </si>
+  <si>
+    <t>3.10.2025</t>
+  </si>
+  <si>
+    <t>19.9.2025</t>
+  </si>
+  <si>
+    <t>21.2.2025</t>
+  </si>
+  <si>
+    <t>6.4.2024</t>
+  </si>
+  <si>
+    <t>10.2.2024</t>
+  </si>
+  <si>
+    <t>Petr Sedláček</t>
+  </si>
+  <si>
+    <t>12.4.2025</t>
+  </si>
+  <si>
+    <t>11.4.2025</t>
+  </si>
+  <si>
+    <t>4.4.2025</t>
+  </si>
+  <si>
+    <t>21.3.2025</t>
+  </si>
+  <si>
+    <t>7.3.2025</t>
+  </si>
+  <si>
+    <t>7.2.2025</t>
+  </si>
+  <si>
+    <t>17.1.2025</t>
+  </si>
+  <si>
+    <t>23.11.2024</t>
+  </si>
+  <si>
+    <t>15.11.2024</t>
+  </si>
+  <si>
+    <t>2.11.2024</t>
+  </si>
+  <si>
+    <t>1.11.2024</t>
+  </si>
+  <si>
+    <t>19.10.2024</t>
+  </si>
+  <si>
+    <t>18.10.2024</t>
+  </si>
+  <si>
+    <t>4.10.2024</t>
+  </si>
+  <si>
+    <t>22.3.2024</t>
+  </si>
+  <si>
+    <t>16.3.2024</t>
+  </si>
+  <si>
+    <t>8.3.2024</t>
+  </si>
+  <si>
+    <t>16.2.2024</t>
+  </si>
+  <si>
     <t>2.2.2024</t>
-  </si>
-[...139 lines deleted...]
-    <t>12.1.2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3932,233 +3932,233 @@
       </c>
       <c r="AB49" s="6">
         <v>100</v>
       </c>
       <c r="AC49" s="6">
         <v>100</v>
       </c>
       <c r="AD49" s="6">
         <v>100</v>
       </c>
       <c r="AE49" s="6">
         <v>100</v>
       </c>
       <c r="AF49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>120</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="D51" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E51" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="F51" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="F51" s="6" t="s">
+      <c r="G51" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="G51" s="6" t="s">
+      <c r="H51" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="H51" s="6" t="s">
+      <c r="I51" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="I51" s="6" t="s">
+      <c r="J51" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="J51" s="6" t="s">
+      <c r="K51" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="K51" s="6" t="s">
+      <c r="L51" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="L51" s="6" t="s">
+      <c r="M51" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="M51" s="6" t="s">
+      <c r="N51" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="N51" s="6" t="s">
+      <c r="O51" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="O51" s="6" t="s">
+      <c r="P51" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P51" s="6" t="s">
+      <c r="Q51" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="Q51" s="6" t="s">
+      <c r="R51" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="R51" s="6" t="s">
+      <c r="S51" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="S51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T51" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="U51" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="U51" s="6" t="s">
+      <c r="V51" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="V51" s="6" t="s">
+      <c r="W51" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="W51" s="6" t="s">
+      <c r="X51" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="X51" s="6" t="s">
+      <c r="Y51" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="Y51" s="6" t="s">
+      <c r="Z51" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="Z51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA51" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="AB51" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="AB51" s="6" t="s">
+      <c r="AC51" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="AC51" s="6" t="s">
+      <c r="AD51" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="AD51" s="6" t="s">
+      <c r="AE51" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="AE51" s="6" t="s">
+      <c r="AF51" s="6" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
+        <v>463</v>
+      </c>
+      <c r="D52" s="4">
         <v>399</v>
       </c>
-      <c r="D52" s="4">
+      <c r="E52" s="4">
         <v>442</v>
       </c>
-      <c r="E52" s="4">
+      <c r="F52" s="4">
         <v>426</v>
       </c>
-      <c r="F52" s="4">
+      <c r="G52" s="4">
         <v>398</v>
       </c>
-      <c r="G52" s="4">
+      <c r="H52" s="4">
         <v>451</v>
       </c>
-      <c r="H52" s="4">
+      <c r="I52" s="4">
         <v>432</v>
       </c>
-      <c r="I52" s="4">
+      <c r="J52" s="4">
         <v>396</v>
       </c>
-      <c r="J52" s="4">
+      <c r="K52" s="4">
         <v>429</v>
       </c>
-      <c r="K52" s="4">
+      <c r="L52" s="4">
         <v>428</v>
       </c>
-      <c r="L52" s="4">
+      <c r="M52" s="4">
         <v>440</v>
       </c>
-      <c r="M52" s="4">
+      <c r="N52" s="4">
         <v>457</v>
       </c>
-      <c r="N52" s="4">
+      <c r="O52" s="4">
         <v>438</v>
       </c>
-      <c r="O52" s="4">
+      <c r="P52" s="4">
         <v>451</v>
       </c>
-      <c r="P52" s="4">
+      <c r="Q52" s="4">
         <v>423</v>
       </c>
-      <c r="Q52" s="4">
+      <c r="R52" s="4">
         <v>435</v>
       </c>
-      <c r="R52" s="4">
+      <c r="S52" s="4">
         <v>442</v>
       </c>
-      <c r="S52" s="4">
+      <c r="T52" s="4">
         <v>473</v>
       </c>
-      <c r="T52" s="4">
+      <c r="U52" s="4">
         <v>441</v>
       </c>
-      <c r="U52" s="4">
+      <c r="V52" s="4">
         <v>438</v>
       </c>
-      <c r="V52" s="4">
+      <c r="W52" s="4">
         <v>433</v>
       </c>
-      <c r="W52" s="4">
+      <c r="X52" s="4">
         <v>413</v>
       </c>
-      <c r="X52" s="4">
+      <c r="Y52" s="4">
         <v>475</v>
       </c>
-      <c r="Y52" s="4">
+      <c r="Z52" s="4">
         <v>460</v>
       </c>
-      <c r="Z52" s="4">
+      <c r="AA52" s="4">
         <v>450</v>
       </c>
-      <c r="AA52" s="4">
+      <c r="AB52" s="4">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
       <c r="AC52" s="4">
         <v>442</v>
       </c>
       <c r="AD52" s="4">
         <v>442</v>
       </c>
       <c r="AE52" s="4">
+        <v>442</v>
+      </c>
+      <c r="AF52" s="4">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C53" s="6">
         <v>100</v>
       </c>
       <c r="D53" s="6">
         <v>100</v>
       </c>
       <c r="E53" s="6">
         <v>100</v>
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
       <c r="H53" s="6">
         <v>100</v>
       </c>
       <c r="I53" s="6">
@@ -4772,313 +4772,313 @@
       </c>
       <c r="AC61" s="6">
         <v>100</v>
       </c>
       <c r="AD61" s="6">
         <v>100</v>
       </c>
       <c r="AE61" s="6">
         <v>100</v>
       </c>
       <c r="AF61" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:32">
       <c r="A63" s="2" t="s">
         <v>152</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C63" s="6" t="s">
         <v>121</v>
       </c>
       <c r="D63" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="E63" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="E63" s="6" t="s">
+      <c r="F63" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="F63" s="6" t="s">
+      <c r="G63" s="6" t="s">
         <v>147</v>
       </c>
-      <c r="G63" s="6" t="s">
+      <c r="H63" s="6" t="s">
         <v>148</v>
       </c>
-      <c r="H63" s="6" t="s">
+      <c r="I63" s="6" t="s">
         <v>153</v>
       </c>
-      <c r="I63" s="6" t="s">
+      <c r="J63" s="6" t="s">
         <v>154</v>
       </c>
-      <c r="J63" s="6" t="s">
+      <c r="K63" s="6" t="s">
         <v>155</v>
       </c>
-      <c r="K63" s="6" t="s">
+      <c r="L63" s="6" t="s">
         <v>156</v>
       </c>
-      <c r="L63" s="6" t="s">
+      <c r="M63" s="6" t="s">
         <v>157</v>
       </c>
-      <c r="M63" s="6" t="s">
+      <c r="N63" s="6" t="s">
         <v>149</v>
       </c>
-      <c r="N63" s="6" t="s">
+      <c r="O63" s="6" t="s">
         <v>158</v>
       </c>
-      <c r="O63" s="6" t="s">
+      <c r="P63" s="6" t="s">
         <v>159</v>
       </c>
-      <c r="P63" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q63" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="R63" s="6" t="s">
         <v>160</v>
       </c>
-      <c r="R63" s="6" t="s">
+      <c r="S63" s="6" t="s">
         <v>161</v>
       </c>
-      <c r="S63" s="6" t="s">
+      <c r="T63" s="6" t="s">
         <v>162</v>
       </c>
-      <c r="T63" s="6" t="s">
+      <c r="U63" s="6" t="s">
         <v>163</v>
       </c>
-      <c r="U63" s="6" t="s">
+      <c r="V63" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="V63" s="6" t="s">
+      <c r="W63" s="6" t="s">
         <v>165</v>
       </c>
-      <c r="W63" s="6" t="s">
+      <c r="X63" s="6" t="s">
         <v>166</v>
       </c>
-      <c r="X63" s="6" t="s">
+      <c r="Y63" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="Y63" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z63" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="AA63" s="6" t="s">
         <v>167</v>
       </c>
-      <c r="AA63" s="6" t="s">
+      <c r="AB63" s="6" t="s">
         <v>168</v>
       </c>
-      <c r="AB63" s="6" t="s">
+      <c r="AC63" s="6" t="s">
         <v>169</v>
       </c>
-      <c r="AC63" s="6" t="s">
+      <c r="AD63" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="AD63" s="6" t="s">
+      <c r="AE63" s="6" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="AF63" s="6" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="64" spans="1:32">
       <c r="B64" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C64" s="4">
+        <v>470</v>
+      </c>
+      <c r="D64" s="4">
         <v>476</v>
       </c>
-      <c r="D64" s="4">
+      <c r="E64" s="4">
         <v>432</v>
       </c>
-      <c r="E64" s="4">
+      <c r="F64" s="4">
         <v>421</v>
       </c>
-      <c r="F64" s="4">
+      <c r="G64" s="4">
         <v>423</v>
       </c>
-      <c r="G64" s="4">
+      <c r="H64" s="4">
         <v>438</v>
       </c>
-      <c r="H64" s="7">
+      <c r="I64" s="7">
         <v>545</v>
       </c>
-      <c r="I64" s="4">
+      <c r="J64" s="4">
         <v>444</v>
       </c>
-      <c r="J64" s="4">
+      <c r="K64" s="4">
         <v>440</v>
       </c>
-      <c r="K64" s="4">
+      <c r="L64" s="4">
         <v>478</v>
       </c>
-      <c r="L64" s="4">
+      <c r="M64" s="4">
         <v>423</v>
       </c>
-      <c r="M64" s="4">
+      <c r="N64" s="4">
         <v>425</v>
       </c>
-      <c r="N64" s="4">
+      <c r="O64" s="4">
         <v>440</v>
       </c>
-      <c r="O64" s="4">
+      <c r="P64" s="4">
         <v>469</v>
       </c>
-      <c r="P64" s="4">
+      <c r="Q64" s="4">
         <v>454</v>
       </c>
-      <c r="Q64" s="7">
+      <c r="R64" s="7">
         <v>529</v>
       </c>
-      <c r="R64" s="4">
+      <c r="S64" s="4">
         <v>468</v>
       </c>
-      <c r="S64" s="7">
+      <c r="T64" s="7">
         <v>525</v>
       </c>
-      <c r="T64" s="4">
+      <c r="U64" s="4">
         <v>426</v>
       </c>
-      <c r="U64" s="7">
+      <c r="V64" s="7">
         <v>524</v>
       </c>
-      <c r="V64" s="4">
+      <c r="W64" s="4">
         <v>406</v>
       </c>
-      <c r="W64" s="4">
+      <c r="X64" s="4">
         <v>467</v>
       </c>
-      <c r="X64" s="4">
+      <c r="Y64" s="4">
         <v>420</v>
       </c>
-      <c r="Y64" s="4">
+      <c r="Z64" s="4">
         <v>415</v>
       </c>
-      <c r="Z64" s="4">
+      <c r="AA64" s="4">
         <v>447</v>
       </c>
-      <c r="AA64" s="7">
+      <c r="AB64" s="7">
         <v>513</v>
       </c>
-      <c r="AB64" s="4">
+      <c r="AC64" s="4">
         <v>441</v>
       </c>
-      <c r="AC64" s="4">
+      <c r="AD64" s="4">
         <v>469</v>
       </c>
-      <c r="AD64" s="4">
+      <c r="AE64" s="4">
         <v>460</v>
       </c>
-      <c r="AE64" s="4">
+      <c r="AF64" s="4">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="65" spans="1:32">
       <c r="B65" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C65" s="6">
         <v>100</v>
       </c>
       <c r="D65" s="6">
         <v>100</v>
       </c>
       <c r="E65" s="6">
         <v>100</v>
       </c>
       <c r="F65" s="6">
         <v>100</v>
       </c>
       <c r="G65" s="6">
         <v>100</v>
       </c>
-      <c r="H65" s="7">
+      <c r="H65" s="6">
+        <v>100</v>
+      </c>
+      <c r="I65" s="7">
         <v>120</v>
       </c>
-      <c r="I65" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="J65" s="6">
         <v>100</v>
       </c>
       <c r="K65" s="6">
         <v>100</v>
       </c>
       <c r="L65" s="6">
         <v>100</v>
       </c>
       <c r="M65" s="6">
         <v>100</v>
       </c>
       <c r="N65" s="6">
         <v>100</v>
       </c>
       <c r="O65" s="6">
         <v>100</v>
       </c>
       <c r="P65" s="6">
         <v>100</v>
       </c>
-      <c r="Q65" s="7">
+      <c r="Q65" s="6">
+        <v>100</v>
+      </c>
+      <c r="R65" s="7">
         <v>120</v>
       </c>
-      <c r="R65" s="6">
-[...2 lines deleted...]
-      <c r="S65" s="7">
+      <c r="S65" s="6">
+        <v>100</v>
+      </c>
+      <c r="T65" s="7">
         <v>120</v>
       </c>
-      <c r="T65" s="6">
-[...2 lines deleted...]
-      <c r="U65" s="7">
+      <c r="U65" s="6">
+        <v>100</v>
+      </c>
+      <c r="V65" s="7">
         <v>120</v>
       </c>
-      <c r="V65" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="W65" s="6">
         <v>100</v>
       </c>
       <c r="X65" s="6">
         <v>100</v>
       </c>
       <c r="Y65" s="6">
         <v>100</v>
       </c>
       <c r="Z65" s="6">
         <v>100</v>
       </c>
-      <c r="AA65" s="7">
+      <c r="AA65" s="6">
+        <v>100</v>
+      </c>
+      <c r="AB65" s="7">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="AC65" s="6">
         <v>100</v>
       </c>
       <c r="AD65" s="6">
         <v>100</v>
       </c>
       <c r="AE65" s="6">
         <v>100</v>
       </c>
       <c r="AF65" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>