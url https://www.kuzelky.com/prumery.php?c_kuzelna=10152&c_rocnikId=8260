--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -293,60 +293,60 @@
   <si>
     <t>1.11.2019</t>
   </si>
   <si>
     <t>Markéta Baťková</t>
   </si>
   <si>
     <t>23.2.2023</t>
   </si>
   <si>
     <t>9.2.2023</t>
   </si>
   <si>
     <t>Blanka Koubová</t>
   </si>
   <si>
     <t>30.3.2023</t>
   </si>
   <si>
     <t>Roman Hrdlička</t>
   </si>
   <si>
     <t>Hana Zdražilová</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>6.12.2024</t>
   </si>
   <si>
     <t>5.4.2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>2.2.2024</t>
   </si>
   <si>
     <t>Daniel Kulhánek</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
     <t>19.9.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
   </si>
   <si>
     <t>6.4.2024</t>
   </si>
   <si>
     <t>10.2.2024</t>
   </si>
 </sst>
 </file>
 
@@ -2810,233 +2810,233 @@
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="D35" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="D35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="F35" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="F35" s="6" t="s">
+      <c r="G35" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="G35" s="6" t="s">
+      <c r="H35" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="H35" s="6" t="s">
+      <c r="I35" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="I35" s="6" t="s">
+      <c r="J35" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="J35" s="6" t="s">
+      <c r="K35" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="K35" s="6" t="s">
+      <c r="L35" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="M35" s="6" t="s">
+      <c r="N35" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="N35" s="6" t="s">
+      <c r="O35" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="O35" s="6" t="s">
+      <c r="P35" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="P35" s="6" t="s">
+      <c r="Q35" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="Q35" s="6" t="s">
+      <c r="R35" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="R35" s="6" t="s">
+      <c r="S35" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="S35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T35" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="U35" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="U35" s="6" t="s">
+      <c r="V35" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="V35" s="6" t="s">
+      <c r="W35" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="W35" s="6" t="s">
+      <c r="X35" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="X35" s="6" t="s">
+      <c r="Y35" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="Y35" s="6" t="s">
+      <c r="Z35" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="Z35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA35" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB35" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="AB35" s="6" t="s">
+      <c r="AC35" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="AC35" s="6" t="s">
+      <c r="AD35" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="AD35" s="6" t="s">
+      <c r="AE35" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="AE35" s="6" t="s">
+      <c r="AF35" s="6" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>463</v>
+      </c>
+      <c r="D36" s="4">
         <v>399</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>442</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>426</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>398</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>451</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>432</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>396</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>429</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>428</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>440</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>457</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>438</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>451</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>423</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>435</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>442</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>473</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>441</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>438</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>433</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>413</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>475</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>460</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>450</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
       <c r="AC36" s="4">
         <v>442</v>
       </c>
       <c r="AD36" s="4">
         <v>442</v>
       </c>
       <c r="AE36" s="4">
+        <v>442</v>
+      </c>
+      <c r="AF36" s="4">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">