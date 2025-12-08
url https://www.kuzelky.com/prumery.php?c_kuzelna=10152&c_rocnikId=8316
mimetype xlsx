--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -23,50 +23,53 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>Výsledky hráčů družstva Slavoj Praha na kuželně SK Žižkov Praha</t>
   </si>
   <si>
     <t>Evžen Valtr</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>12.4.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
@@ -107,146 +110,143 @@
   <si>
     <t>11.11.2023</t>
   </si>
   <si>
     <t>21.10.2023</t>
   </si>
   <si>
     <t>30.9.2023</t>
   </si>
   <si>
     <t>16.9.2023</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>26.3.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>12.3.2023</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Igor Búrik</t>
+  </si>
+  <si>
+    <t>16.10.2016</t>
+  </si>
+  <si>
+    <t>Radek Hejhal</t>
+  </si>
+  <si>
+    <t>16.11.2025</t>
+  </si>
+  <si>
+    <t>2.3.2025</t>
+  </si>
+  <si>
+    <t>3.11.2024</t>
+  </si>
+  <si>
+    <t>6.10.2024</t>
+  </si>
+  <si>
+    <t>22.9.2024</t>
+  </si>
+  <si>
+    <t>14.9.2024</t>
+  </si>
+  <si>
+    <t>6.4.2024</t>
+  </si>
+  <si>
+    <t>1.4.2017</t>
+  </si>
+  <si>
+    <t>11.3.2017</t>
+  </si>
+  <si>
+    <t>25.2.2017</t>
+  </si>
+  <si>
+    <t>11.2.2017</t>
+  </si>
+  <si>
+    <t>21.1.2017</t>
+  </si>
+  <si>
+    <t>14.1.2017</t>
+  </si>
+  <si>
+    <t>Petr Pavlík</t>
+  </si>
+  <si>
+    <t>16.3.2025</t>
+  </si>
+  <si>
+    <t>30.11.2024</t>
+  </si>
+  <si>
     <t>26.2.2023</t>
   </si>
   <si>
-    <t>Výkon:</t>
-[...61 lines deleted...]
-  <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
+    <t>Jaroslav Hažva</t>
+  </si>
+  <si>
+    <t>Zdeněk Gartus</t>
+  </si>
+  <si>
+    <t>10.12.2022</t>
+  </si>
+  <si>
+    <t>22.10.2022</t>
+  </si>
+  <si>
     <t>1.10.2022</t>
   </si>
   <si>
-    <t>Jaroslav Hažva</t>
-[...10 lines deleted...]
-  <si>
     <t>17.9.2022</t>
   </si>
   <si>
     <t>9.4.2022</t>
   </si>
   <si>
-    <t>19.3.2022</t>
-[...1 lines deleted...]
-  <si>
     <t>František Rusín</t>
   </si>
   <si>
     <t>11.3.2023</t>
   </si>
   <si>
     <t>Lukáš Janko</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
     <t>6.2.2022</t>
   </si>
   <si>
     <t>22.1.2022</t>
   </si>
   <si>
     <t>17.10.2021</t>
   </si>
   <si>
     <t>18.9.2021</t>
@@ -281,50 +281,53 @@
   <si>
     <t>26.11.2021</t>
   </si>
   <si>
     <t>19.11.2021</t>
   </si>
   <si>
     <t>5.11.2021</t>
   </si>
   <si>
     <t>22.10.2021</t>
   </si>
   <si>
     <t>Karel Koubek</t>
   </si>
   <si>
     <t>Jan Zeman</t>
   </si>
   <si>
     <t>Ondřej Stránský</t>
   </si>
   <si>
     <t>Petr Sedláček</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
   </si>
   <si>
     <t>7.2.2025</t>
@@ -345,53 +348,50 @@
     <t>18.10.2024</t>
   </si>
   <si>
     <t>4.10.2024</t>
   </si>
   <si>
     <t>4.9.2024</t>
   </si>
   <si>
     <t>5.4.2024</t>
   </si>
   <si>
     <t>22.3.2024</t>
   </si>
   <si>
     <t>8.3.2024</t>
   </si>
   <si>
     <t>5.3.2024</t>
   </si>
   <si>
     <t>16.2.2024</t>
   </si>
   <si>
     <t>2.2.2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>12.1.2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -860,182 +860,182 @@
       <c r="L3" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M3" s="6" t="s">
         <v>13</v>
       </c>
       <c r="N3" s="6" t="s">
         <v>14</v>
       </c>
       <c r="O3" s="6" t="s">
         <v>15</v>
       </c>
       <c r="P3" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Q3" s="6" t="s">
         <v>17</v>
       </c>
       <c r="R3" s="6" t="s">
         <v>18</v>
       </c>
       <c r="S3" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T3" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="U3" s="6" t="s">
         <v>20</v>
       </c>
       <c r="V3" s="6" t="s">
         <v>21</v>
       </c>
       <c r="W3" s="6" t="s">
         <v>22</v>
       </c>
       <c r="X3" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Y3" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AA3" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C4" s="4">
+        <v>566</v>
+      </c>
+      <c r="D4" s="4">
         <v>580</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>600</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>570</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>597</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>534</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>571</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>572</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>562</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>607</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>596</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>560</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>578</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>538</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>574</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>587</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>586</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>590</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>548</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>575</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>559</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>549</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>556</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>576</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>623</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>593</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>568</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>592</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>574</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>637</v>
-      </c>
-[...1 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
@@ -1127,169 +1127,175 @@
         <v>32</v>
       </c>
       <c r="C8" s="4">
         <v>582</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D11" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E11" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="6" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H11" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="I11" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="I11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="K11" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="K11" s="6" t="s">
+      <c r="L11" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="L11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M11" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="N11" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="N11" s="6" t="s">
+      <c r="O11" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="O11" s="6" t="s">
+      <c r="P11" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="P11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q11" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="R11" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="R11" s="6" t="s">
+      <c r="S11" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="S11" s="6" t="s">
+      <c r="T11" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="T11" s="6" t="s">
+      <c r="U11" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="U11" s="6" t="s">
+      <c r="V11" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="V11" s="6" t="s">
+      <c r="W11" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="4">
+        <v>584</v>
+      </c>
+      <c r="D12" s="4">
         <v>603</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>653</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>598</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>623</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>590</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>610</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>619</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>546</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>610</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>627</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>598</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>597</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>642</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>638</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>616</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>667</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>647</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>596</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>655</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>656</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
         <v>120</v>
       </c>
       <c r="H13" s="4">
         <v>120</v>
       </c>
@@ -1313,242 +1319,245 @@
       </c>
       <c r="O13" s="4">
         <v>120</v>
       </c>
       <c r="P13" s="4">
         <v>120</v>
       </c>
       <c r="Q13" s="4">
         <v>120</v>
       </c>
       <c r="R13" s="4">
         <v>120</v>
       </c>
       <c r="S13" s="4">
         <v>120</v>
       </c>
       <c r="T13" s="4">
         <v>120</v>
       </c>
       <c r="U13" s="4">
         <v>120</v>
       </c>
       <c r="V13" s="4">
         <v>120</v>
       </c>
+      <c r="W13" s="4">
+        <v>120</v>
+      </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D15" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E15" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="6" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H15" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="I15" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="I15" s="6" t="s">
+      <c r="J15" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L15" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="M15" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="M15" s="6" t="s">
+      <c r="N15" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="N15" s="6" t="s">
+      <c r="O15" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="O15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P15" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q15" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="Q15" s="6" t="s">
+      <c r="R15" s="6" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>20</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>21</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>22</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC15" s="6" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>54</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="4">
+        <v>576</v>
+      </c>
+      <c r="D16" s="4">
         <v>579</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>585</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>594</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>584</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>564</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>609</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>595</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>596</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>607</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>565</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>600</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>572</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>576</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>582</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>592</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>578</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>584</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>628</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>580</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>612</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>579</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>558</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>606</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>573</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>622</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>578</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>639</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>611</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>594</v>
-      </c>
-[...1 lines deleted...]
-        <v>555</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">
@@ -1613,227 +1622,227 @@
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D19" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E19" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="6" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H19" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="I19" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="I19" s="6" t="s">
+      <c r="J19" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L19" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="M19" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="M19" s="6" t="s">
+      <c r="N19" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="N19" s="6" t="s">
+      <c r="O19" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="O19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P19" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q19" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="Q19" s="6" t="s">
+      <c r="R19" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="R19" s="6" t="s">
+      <c r="S19" s="6" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C20" s="4">
+        <v>620</v>
+      </c>
+      <c r="D20" s="4">
         <v>679</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>682</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>653</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>638</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>626</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>637</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>615</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>644</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>615</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>659</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>647</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>606</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>632</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>626</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>604</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>681</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>689</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>655</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>672</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>639</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>661</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>609</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>663</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>675</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>662</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>666</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>670</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>658</v>
-      </c>
-[...1 lines deleted...]
-        <v>656</v>
       </c>
       <c r="AF20" s="4">
         <v>656</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
@@ -1901,230 +1910,230 @@
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D23" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E23" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="E23" s="6" t="s">
+      <c r="F23" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="F23" s="6" t="s">
+      <c r="G23" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="G23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="I23" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="J23" s="6" t="s">
+      <c r="K23" s="6" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>20</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>22</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>26</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>29</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>30</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Z23" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AA23" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="AA23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB23" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="AC23" s="6" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>61</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="4">
+        <v>600</v>
+      </c>
+      <c r="D24" s="4">
         <v>584</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>586</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>540</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>629</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>609</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>630</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>634</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>646</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>619</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>623</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>651</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>580</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>605</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>601</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>634</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>591</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>624</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>635</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>637</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>643</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>616</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>639</v>
       </c>
       <c r="Z24" s="4">
         <v>639</v>
       </c>
       <c r="AA24" s="4">
+        <v>639</v>
+      </c>
+      <c r="AB24" s="4">
         <v>645</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>630</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>619</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>632</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>613</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="4">
         <v>120</v>
       </c>
       <c r="G25" s="4">
         <v>120</v>
       </c>
       <c r="H25" s="4">
         <v>120</v>
       </c>
       <c r="I25" s="4">
@@ -2204,215 +2213,215 @@
       <c r="A27" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I27" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="J27" s="6" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>10</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="N27" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="O27" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="O27" s="6" t="s">
+      <c r="P27" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="P27" s="6" t="s">
+      <c r="Q27" s="6" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE27" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="AF27" s="6" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="4">
+        <v>609</v>
+      </c>
+      <c r="D28" s="4">
         <v>598</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>563</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>541</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>568</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>524</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>551</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>549</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>596</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>571</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>528</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>565</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>551</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>570</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>632</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>565</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>569</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>584</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>610</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>602</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>541</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>564</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>546</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>621</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>601</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>586</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>634</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>619</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>563</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>631</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
@@ -2486,221 +2495,221 @@
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="H31" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="I31" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="I31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K31" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="K31" s="6" t="s">
+      <c r="L31" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="L31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M31" s="6" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>26</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>27</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>30</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="V31" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="W31" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AA31" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="AB31" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AC31" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C32" s="4">
+        <v>538</v>
+      </c>
+      <c r="D32" s="4">
         <v>530</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>565</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>546</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>568</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>548</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>555</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>545</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>560</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>543</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>600</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>535</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>597</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>575</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>570</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>564</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>568</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>559</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>567</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>591</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>582</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>562</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>579</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>605</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>553</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>585</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>594</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>591</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>0</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">
@@ -2762,114 +2771,114 @@
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>73</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>74</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>64</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>66</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>75</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>67</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>58</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>59</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>76</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>77</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>78</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>79</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>80</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>81</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>82</v>
       </c>
       <c r="AE35" s="6" t="s">
         <v>83</v>
       </c>
       <c r="AF35" s="6" t="s">
         <v>84</v>
       </c>
@@ -3050,277 +3059,292 @@
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>7</v>
       </c>
       <c r="F39" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="G39" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="G39" s="6" t="s">
+      <c r="H39" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>11</v>
       </c>
       <c r="J39" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="K39" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="K39" s="6" t="s">
+      <c r="L39" s="6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C40" s="4">
+        <v>556</v>
+      </c>
+      <c r="D40" s="4">
         <v>539</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>585</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>551</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>573</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>615</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>617</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>584</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>607</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>562</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C41" s="4">
         <v>120</v>
       </c>
       <c r="D41" s="4">
         <v>120</v>
       </c>
       <c r="E41" s="4">
         <v>120</v>
       </c>
       <c r="F41" s="4">
         <v>120</v>
       </c>
       <c r="G41" s="4">
         <v>120</v>
       </c>
       <c r="H41" s="4">
         <v>120</v>
       </c>
       <c r="I41" s="4">
         <v>120</v>
       </c>
       <c r="J41" s="4">
         <v>120</v>
       </c>
       <c r="K41" s="4">
         <v>120</v>
       </c>
+      <c r="L41" s="4">
+        <v>120</v>
+      </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J43" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="K43" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="K43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L43" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="M43" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>11</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>52</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>13</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>14</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>15</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>16</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>17</v>
+      </c>
+      <c r="X43" s="6" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C44" s="4">
+        <v>560</v>
+      </c>
+      <c r="D44" s="4">
         <v>571</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>620</v>
       </c>
-      <c r="E44" s="4">
+      <c r="F44" s="4">
         <v>615</v>
       </c>
-      <c r="F44" s="4">
+      <c r="G44" s="4">
         <v>612</v>
       </c>
-      <c r="G44" s="4">
+      <c r="H44" s="4">
         <v>584</v>
       </c>
-      <c r="H44" s="4">
+      <c r="I44" s="4">
         <v>500</v>
       </c>
-      <c r="I44" s="4">
+      <c r="J44" s="4">
         <v>601</v>
       </c>
-      <c r="J44" s="4">
+      <c r="K44" s="4">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>578</v>
       </c>
       <c r="L44" s="4">
         <v>578</v>
       </c>
       <c r="M44" s="4">
+        <v>578</v>
+      </c>
+      <c r="N44" s="4">
         <v>559</v>
       </c>
-      <c r="N44" s="4">
+      <c r="O44" s="4">
         <v>538</v>
       </c>
-      <c r="O44" s="4">
+      <c r="P44" s="4">
         <v>588</v>
       </c>
-      <c r="P44" s="4">
+      <c r="Q44" s="4">
         <v>575</v>
       </c>
-      <c r="Q44" s="4">
+      <c r="R44" s="4">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>560</v>
       </c>
       <c r="S44" s="4">
         <v>560</v>
       </c>
       <c r="T44" s="4">
+        <v>560</v>
+      </c>
+      <c r="U44" s="4">
         <v>579</v>
       </c>
-      <c r="U44" s="4">
+      <c r="V44" s="4">
         <v>590</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="4">
         <v>538</v>
       </c>
-      <c r="W44" s="4">
+      <c r="X44" s="4">
         <v>585</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C45" s="4">
         <v>120</v>
       </c>
       <c r="D45" s="4">
         <v>120</v>
       </c>
       <c r="E45" s="4">
         <v>120</v>
       </c>
       <c r="F45" s="4">
         <v>120</v>
       </c>
       <c r="G45" s="4">
         <v>120</v>
       </c>
       <c r="H45" s="4">
         <v>120</v>
       </c>
@@ -3347,469 +3371,481 @@
       </c>
       <c r="P45" s="4">
         <v>120</v>
       </c>
       <c r="Q45" s="4">
         <v>120</v>
       </c>
       <c r="R45" s="4">
         <v>120</v>
       </c>
       <c r="S45" s="4">
         <v>120</v>
       </c>
       <c r="T45" s="4">
         <v>120</v>
       </c>
       <c r="U45" s="4">
         <v>120</v>
       </c>
       <c r="V45" s="4">
         <v>120</v>
       </c>
       <c r="W45" s="4">
         <v>120</v>
       </c>
+      <c r="X45" s="4">
+        <v>120</v>
+      </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>87</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D47" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E47" s="6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G47" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="H47" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="H47" s="6" t="s">
+      <c r="I47" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="J47" s="6" t="s">
         <v>11</v>
       </c>
       <c r="K47" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="L47" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="L47" s="6" t="s">
+      <c r="M47" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="M47" s="6" t="s">
+      <c r="N47" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="N47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O47" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="P47" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="P47" s="6" t="s">
+      <c r="Q47" s="6" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C48" s="4">
+        <v>586</v>
+      </c>
+      <c r="D48" s="4">
         <v>591</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>590</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>614</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>620</v>
       </c>
-      <c r="G48" s="4">
+      <c r="H48" s="4">
         <v>584</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>600</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>577</v>
       </c>
-      <c r="J48" s="4">
+      <c r="K48" s="4">
         <v>564</v>
       </c>
-      <c r="K48" s="4">
+      <c r="L48" s="4">
         <v>603</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>543</v>
       </c>
-      <c r="M48" s="4">
+      <c r="N48" s="4">
         <v>611</v>
       </c>
-      <c r="N48" s="4">
+      <c r="O48" s="4">
         <v>607</v>
       </c>
-      <c r="O48" s="4">
+      <c r="P48" s="4">
         <v>634</v>
       </c>
-      <c r="P48" s="4">
+      <c r="Q48" s="4">
         <v>587</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C49" s="4">
         <v>120</v>
       </c>
       <c r="D49" s="4">
         <v>120</v>
       </c>
       <c r="E49" s="4">
         <v>120</v>
       </c>
       <c r="F49" s="4">
         <v>120</v>
       </c>
       <c r="G49" s="4">
         <v>120</v>
       </c>
       <c r="H49" s="4">
         <v>120</v>
       </c>
       <c r="I49" s="4">
         <v>120</v>
       </c>
       <c r="J49" s="4">
         <v>120</v>
       </c>
       <c r="K49" s="4">
         <v>120</v>
       </c>
       <c r="L49" s="4">
         <v>120</v>
       </c>
       <c r="M49" s="4">
         <v>120</v>
       </c>
       <c r="N49" s="4">
         <v>120</v>
       </c>
       <c r="O49" s="4">
         <v>120</v>
       </c>
       <c r="P49" s="4">
         <v>120</v>
       </c>
+      <c r="Q49" s="4">
+        <v>120</v>
+      </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>88</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>89</v>
       </c>
       <c r="D51" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="E51" s="6" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>91</v>
       </c>
       <c r="G51" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="H51" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="H51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I51" s="6" t="s">
-        <v>92</v>
+        <v>8</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>93</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>94</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>95</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>96</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>97</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>98</v>
       </c>
       <c r="P51" s="6" t="s">
         <v>99</v>
       </c>
       <c r="Q51" s="6" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="R51" s="6" t="s">
-        <v>100</v>
+        <v>13</v>
       </c>
       <c r="S51" s="6" t="s">
-        <v>14</v>
+        <v>101</v>
       </c>
       <c r="T51" s="6" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="U51" s="6" t="s">
-        <v>15</v>
+        <v>102</v>
       </c>
       <c r="V51" s="6" t="s">
-        <v>102</v>
+        <v>16</v>
       </c>
       <c r="W51" s="6" t="s">
         <v>103</v>
       </c>
       <c r="X51" s="6" t="s">
         <v>104</v>
       </c>
       <c r="Y51" s="6" t="s">
         <v>105</v>
       </c>
       <c r="Z51" s="6" t="s">
         <v>106</v>
       </c>
       <c r="AA51" s="6" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="AB51" s="6" t="s">
-        <v>107</v>
+        <v>19</v>
       </c>
       <c r="AC51" s="6" t="s">
         <v>108</v>
       </c>
       <c r="AD51" s="6" t="s">
         <v>109</v>
       </c>
       <c r="AE51" s="6" t="s">
         <v>110</v>
       </c>
       <c r="AF51" s="6" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C52" s="7">
+        <v>470</v>
+      </c>
+      <c r="D52" s="7">
         <v>476</v>
       </c>
-      <c r="D52" s="7">
+      <c r="E52" s="7">
         <v>432</v>
       </c>
-      <c r="E52" s="7">
+      <c r="F52" s="7">
         <v>421</v>
       </c>
-      <c r="F52" s="7">
+      <c r="G52" s="7">
         <v>423</v>
       </c>
-      <c r="G52" s="7">
+      <c r="H52" s="7">
         <v>438</v>
       </c>
-      <c r="H52" s="4">
+      <c r="I52" s="4">
         <v>545</v>
       </c>
-      <c r="I52" s="7">
+      <c r="J52" s="7">
         <v>444</v>
       </c>
-      <c r="J52" s="7">
+      <c r="K52" s="7">
         <v>440</v>
       </c>
-      <c r="K52" s="7">
+      <c r="L52" s="7">
         <v>478</v>
       </c>
-      <c r="L52" s="7">
+      <c r="M52" s="7">
         <v>423</v>
       </c>
-      <c r="M52" s="7">
+      <c r="N52" s="7">
         <v>425</v>
       </c>
-      <c r="N52" s="7">
+      <c r="O52" s="7">
         <v>440</v>
       </c>
-      <c r="O52" s="7">
+      <c r="P52" s="7">
         <v>469</v>
       </c>
-      <c r="P52" s="7">
+      <c r="Q52" s="7">
         <v>454</v>
       </c>
-      <c r="Q52" s="4">
+      <c r="R52" s="4">
         <v>529</v>
       </c>
-      <c r="R52" s="7">
+      <c r="S52" s="7">
         <v>468</v>
       </c>
-      <c r="S52" s="4">
+      <c r="T52" s="4">
         <v>525</v>
       </c>
-      <c r="T52" s="7">
+      <c r="U52" s="7">
         <v>426</v>
       </c>
-      <c r="U52" s="4">
+      <c r="V52" s="4">
         <v>524</v>
       </c>
-      <c r="V52" s="7">
+      <c r="W52" s="7">
         <v>406</v>
       </c>
-      <c r="W52" s="7">
+      <c r="X52" s="7">
         <v>467</v>
       </c>
-      <c r="X52" s="7">
+      <c r="Y52" s="7">
         <v>420</v>
       </c>
-      <c r="Y52" s="7">
+      <c r="Z52" s="7">
         <v>415</v>
       </c>
-      <c r="Z52" s="7">
+      <c r="AA52" s="7">
         <v>447</v>
       </c>
-      <c r="AA52" s="4">
+      <c r="AB52" s="4">
         <v>513</v>
       </c>
-      <c r="AB52" s="7">
+      <c r="AC52" s="7">
         <v>441</v>
       </c>
-      <c r="AC52" s="7">
+      <c r="AD52" s="7">
         <v>469</v>
       </c>
-      <c r="AD52" s="7">
+      <c r="AE52" s="7">
         <v>460</v>
       </c>
-      <c r="AE52" s="7">
+      <c r="AF52" s="7">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C53" s="6">
         <v>100</v>
       </c>
       <c r="D53" s="6">
         <v>100</v>
       </c>
       <c r="E53" s="6">
         <v>100</v>
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
-      <c r="H53" s="4">
-[...2 lines deleted...]
-      <c r="I53" s="6">
+      <c r="H53" s="6">
         <v>100</v>
+      </c>
+      <c r="I53" s="4">
+        <v>120</v>
       </c>
       <c r="J53" s="6">
         <v>100</v>
       </c>
       <c r="K53" s="6">
         <v>100</v>
       </c>
       <c r="L53" s="6">
         <v>100</v>
       </c>
       <c r="M53" s="6">
         <v>100</v>
       </c>
       <c r="N53" s="6">
         <v>100</v>
       </c>
       <c r="O53" s="6">
         <v>100</v>
       </c>
       <c r="P53" s="6">
         <v>100</v>
       </c>
-      <c r="Q53" s="4">
-[...2 lines deleted...]
-      <c r="R53" s="6">
+      <c r="Q53" s="6">
         <v>100</v>
       </c>
-      <c r="S53" s="4">
-[...2 lines deleted...]
-      <c r="T53" s="6">
+      <c r="R53" s="4">
+        <v>120</v>
+      </c>
+      <c r="S53" s="6">
         <v>100</v>
       </c>
-      <c r="U53" s="4">
-[...2 lines deleted...]
-      <c r="V53" s="6">
+      <c r="T53" s="4">
+        <v>120</v>
+      </c>
+      <c r="U53" s="6">
         <v>100</v>
+      </c>
+      <c r="V53" s="4">
+        <v>120</v>
       </c>
       <c r="W53" s="6">
         <v>100</v>
       </c>
       <c r="X53" s="6">
         <v>100</v>
       </c>
       <c r="Y53" s="6">
         <v>100</v>
       </c>
       <c r="Z53" s="6">
         <v>100</v>
       </c>
-      <c r="AA53" s="4">
-[...2 lines deleted...]
-      <c r="AB53" s="6">
+      <c r="AA53" s="6">
         <v>100</v>
+      </c>
+      <c r="AB53" s="4">
+        <v>120</v>
       </c>
       <c r="AC53" s="6">
         <v>100</v>
       </c>
       <c r="AD53" s="6">
         <v>100</v>
       </c>
       <c r="AE53" s="6">
         <v>100</v>
       </c>
       <c r="AF53" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>