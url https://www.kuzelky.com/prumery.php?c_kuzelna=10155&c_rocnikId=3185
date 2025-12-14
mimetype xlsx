--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="224">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="225">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Mistřín C na kuželně TJ Sokol Mistřín</t>
   </si>
   <si>
     <t>Dušan Urubek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>21.10.2025</t>
   </si>
   <si>
     <t>18.2.2025</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>18.10.2024</t>
   </si>
   <si>
@@ -450,50 +450,53 @@
     <t>19.1.2024</t>
   </si>
   <si>
     <t>21.10.2022</t>
   </si>
   <si>
     <t>5.11.2021</t>
   </si>
   <si>
     <t>7.2.2020</t>
   </si>
   <si>
     <t>17.1.2020</t>
   </si>
   <si>
     <t>18.10.2019</t>
   </si>
   <si>
     <t>13.9.2019</t>
   </si>
   <si>
     <t>23.3.2019</t>
   </si>
   <si>
     <t>Dennis Urc</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>2.11.2024</t>
   </si>
   <si>
     <t>14.1.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>8.10.2022</t>
   </si>
   <si>
     <t>10.9.2022</t>
   </si>
   <si>
     <t>5.3.2022</t>
   </si>
   <si>
     <t>19.11.2021</t>
   </si>
   <si>
     <t>11.9.2020</t>
   </si>
@@ -3317,312 +3320,321 @@
       </c>
       <c r="W33" s="6">
         <v>100</v>
       </c>
       <c r="X33" s="6">
         <v>100</v>
       </c>
       <c r="Y33" s="6">
         <v>100</v>
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>145</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>146</v>
       </c>
       <c r="D35" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="E35" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="E35" s="6" t="s">
+      <c r="F35" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="F35" s="6" t="s">
+      <c r="G35" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="G35" s="6" t="s">
+      <c r="H35" s="6" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>148</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>149</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>150</v>
       </c>
       <c r="L35" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="M35" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="M35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N35" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="O35" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="O35" s="6" t="s">
+      <c r="P35" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="P35" s="6" t="s">
+      <c r="Q35" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="Q35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R35" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="S35" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="S35" s="6" t="s">
+      <c r="T35" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="T35" s="6" t="s">
+      <c r="U35" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="U35" s="6" t="s">
+      <c r="V35" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="V35" s="6" t="s">
+      <c r="W35" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="W35" s="6" t="s">
+      <c r="X35" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>154</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>155</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>156</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>157</v>
+      </c>
+      <c r="AC35" s="6" t="s">
+        <v>158</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="7">
+        <v>561</v>
+      </c>
+      <c r="D36" s="7">
         <v>508</v>
       </c>
-      <c r="D36" s="7">
+      <c r="E36" s="7">
         <v>551</v>
       </c>
-      <c r="E36" s="7">
+      <c r="F36" s="7">
         <v>536</v>
       </c>
-      <c r="F36" s="7">
+      <c r="G36" s="7">
         <v>526</v>
       </c>
-      <c r="G36" s="7">
+      <c r="H36" s="7">
         <v>504</v>
       </c>
-      <c r="H36" s="7">
+      <c r="I36" s="7">
         <v>528</v>
       </c>
-      <c r="I36" s="7">
+      <c r="J36" s="7">
         <v>552</v>
       </c>
-      <c r="J36" s="7">
+      <c r="K36" s="7">
         <v>496</v>
       </c>
-      <c r="K36" s="7">
+      <c r="L36" s="7">
         <v>589</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>457</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>432</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>448</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
       <c r="Q36" s="4">
         <v>446</v>
       </c>
       <c r="R36" s="4">
+        <v>446</v>
+      </c>
+      <c r="S36" s="4">
         <v>403</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>439</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>437</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>453</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>417</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>434</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>428</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>400</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>398</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>422</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>398</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="7">
         <v>120</v>
       </c>
       <c r="D37" s="7">
         <v>120</v>
       </c>
       <c r="E37" s="7">
         <v>120</v>
       </c>
       <c r="F37" s="7">
         <v>120</v>
       </c>
       <c r="G37" s="7">
         <v>120</v>
       </c>
       <c r="H37" s="7">
         <v>120</v>
       </c>
       <c r="I37" s="7">
         <v>120</v>
       </c>
       <c r="J37" s="7">
         <v>120</v>
       </c>
       <c r="K37" s="7">
         <v>120</v>
       </c>
-      <c r="L37" s="6">
-        <v>100</v>
+      <c r="L37" s="7">
+        <v>120</v>
       </c>
       <c r="M37" s="6">
         <v>100</v>
       </c>
       <c r="N37" s="6">
         <v>100</v>
       </c>
       <c r="O37" s="6">
         <v>100</v>
       </c>
       <c r="P37" s="6">
         <v>100</v>
       </c>
       <c r="Q37" s="6">
         <v>100</v>
       </c>
       <c r="R37" s="6">
         <v>100</v>
       </c>
       <c r="S37" s="6">
         <v>100</v>
       </c>
       <c r="T37" s="6">
         <v>100</v>
       </c>
       <c r="U37" s="6">
         <v>100</v>
       </c>
       <c r="V37" s="6">
         <v>100</v>
       </c>
       <c r="W37" s="6">
         <v>100</v>
       </c>
       <c r="X37" s="6">
         <v>100</v>
       </c>
       <c r="Y37" s="6">
         <v>100</v>
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
+        <v>100</v>
+      </c>
+      <c r="AC37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>27</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>76</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>77</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>374</v>
       </c>
       <c r="D40" s="4">
         <v>387</v>
       </c>
       <c r="E40" s="4">
         <v>394</v>
       </c>
       <c r="F40" s="4">
@@ -3650,195 +3662,195 @@
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">
         <v>100</v>
       </c>
       <c r="J41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>121</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>70</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>413</v>
       </c>
       <c r="D44" s="4">
         <v>436</v>
       </c>
       <c r="E44" s="4">
         <v>415</v>
       </c>
       <c r="F44" s="4">
         <v>411</v>
       </c>
       <c r="G44" s="4">
         <v>470</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
       <c r="D45" s="6">
         <v>100</v>
       </c>
       <c r="E45" s="6">
         <v>100</v>
       </c>
       <c r="F45" s="6">
         <v>100</v>
       </c>
       <c r="G45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>116</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>117</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>61</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>118</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>119</v>
       </c>
       <c r="I47" s="6" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="J47" s="6" t="s">
         <v>120</v>
       </c>
       <c r="K47" s="6" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>67</v>
       </c>
       <c r="N47" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>68</v>
       </c>
       <c r="P47" s="6" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>70</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>71</v>
       </c>
       <c r="T47" s="6" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="U47" s="6" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="V47" s="6" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="W47" s="6" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="X47" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="Y47" s="6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="Z47" s="6" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="AA47" s="6" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="AB47" s="6" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="AC47" s="6" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="7">
         <v>533</v>
       </c>
       <c r="D48" s="7">
         <v>564</v>
       </c>
       <c r="E48" s="7">
         <v>548</v>
       </c>
       <c r="F48" s="7">
         <v>547</v>
       </c>
       <c r="G48" s="7">
         <v>562</v>
       </c>
       <c r="H48" s="7">
@@ -3974,135 +3986,135 @@
       </c>
       <c r="W49" s="7">
         <v>120</v>
       </c>
       <c r="X49" s="6">
         <v>100</v>
       </c>
       <c r="Y49" s="6">
         <v>100</v>
       </c>
       <c r="Z49" s="7">
         <v>120</v>
       </c>
       <c r="AA49" s="7">
         <v>120</v>
       </c>
       <c r="AB49" s="6">
         <v>100</v>
       </c>
       <c r="AC49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="I51" s="6" t="s">
         <v>98</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>116</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>117</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>61</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>118</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>119</v>
       </c>
       <c r="P51" s="6" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="Q51" s="6" t="s">
         <v>63</v>
       </c>
       <c r="R51" s="6" t="s">
         <v>64</v>
       </c>
       <c r="S51" s="6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="T51" s="6" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="U51" s="6" t="s">
         <v>30</v>
       </c>
       <c r="V51" s="6" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="W51" s="6" t="s">
         <v>144</v>
       </c>
       <c r="X51" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="Y51" s="6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="Z51" s="6" t="s">
         <v>74</v>
       </c>
       <c r="AA51" s="6" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="AB51" s="6" t="s">
         <v>77</v>
       </c>
       <c r="AC51" s="6" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="7">
         <v>554</v>
       </c>
       <c r="D52" s="7">
         <v>550</v>
       </c>
       <c r="E52" s="7">
         <v>571</v>
       </c>
       <c r="F52" s="7">
         <v>572</v>
       </c>
       <c r="G52" s="7">
         <v>566</v>
       </c>
       <c r="H52" s="7">
         <v>551</v>
       </c>
       <c r="I52" s="7">
@@ -4235,138 +4247,138 @@
       </c>
       <c r="W53" s="6">
         <v>100</v>
       </c>
       <c r="X53" s="6">
         <v>100</v>
       </c>
       <c r="Y53" s="6">
         <v>100</v>
       </c>
       <c r="Z53" s="6">
         <v>100</v>
       </c>
       <c r="AA53" s="6">
         <v>100</v>
       </c>
       <c r="AB53" s="6">
         <v>100</v>
       </c>
       <c r="AC53" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D55" s="6" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E55" s="6" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G55" s="6" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="I55" s="6" t="s">
         <v>134</v>
       </c>
       <c r="J55" s="6" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="K55" s="6" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="M55" s="6" t="s">
         <v>131</v>
       </c>
       <c r="N55" s="6" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="O55" s="6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P55" s="6" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="Q55" s="6" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="R55" s="6" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="S55" s="6" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="T55" s="6" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="U55" s="6" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="V55" s="6" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="W55" s="6" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="X55" s="6" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="Y55" s="6" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="Z55" s="6" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="AA55" s="6" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="AB55" s="6" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="AC55" s="6" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="AD55" s="6" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="AE55" s="6" t="s">
         <v>116</v>
       </c>
       <c r="AF55" s="6" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="7">
         <v>578</v>
       </c>
       <c r="D56" s="7">
         <v>551</v>
       </c>
       <c r="E56" s="7">
         <v>550</v>
       </c>
       <c r="F56" s="7">
         <v>542</v>
       </c>
       <c r="G56" s="7">
@@ -4523,138 +4535,138 @@
       </c>
       <c r="Z57" s="7">
         <v>120</v>
       </c>
       <c r="AA57" s="7">
         <v>120</v>
       </c>
       <c r="AB57" s="7">
         <v>120</v>
       </c>
       <c r="AC57" s="7">
         <v>120</v>
       </c>
       <c r="AD57" s="7">
         <v>120</v>
       </c>
       <c r="AE57" s="7">
         <v>120</v>
       </c>
       <c r="AF57" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:32">
       <c r="A59" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="B60" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="61" spans="1:32">
       <c r="B61" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="63" spans="1:32">
       <c r="A63" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C63" s="6" t="s">
         <v>14</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="6" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F63" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G63" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H63" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I63" s="6" t="s">
         <v>20</v>
       </c>
       <c r="J63" s="6" t="s">
         <v>22</v>
       </c>
       <c r="K63" s="6" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="M63" s="6" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="N63" s="6" t="s">
         <v>26</v>
       </c>
       <c r="O63" s="6" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="P63" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="Q63" s="6" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="R63" s="6" t="s">
         <v>104</v>
       </c>
       <c r="S63" s="6" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="T63" s="6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="U63" s="6" t="s">
         <v>143</v>
       </c>
       <c r="V63" s="6" t="s">
         <v>144</v>
       </c>
       <c r="W63" s="6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="X63" s="6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="Y63" s="6" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="64" spans="1:32">
       <c r="B64" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C64" s="4">
         <v>429</v>
       </c>
       <c r="D64" s="4">
         <v>367</v>
       </c>
       <c r="E64" s="4">
         <v>378</v>
       </c>
       <c r="F64" s="4">
         <v>412</v>
       </c>
       <c r="G64" s="4">
         <v>404</v>
       </c>
       <c r="H64" s="4">