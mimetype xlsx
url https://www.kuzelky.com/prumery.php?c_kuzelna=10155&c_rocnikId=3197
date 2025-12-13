--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Výsledky hráčů družstva SK Baník Ratíškovice C na kuželně TJ Sokol Mistřín</t>
   </si>
   <si>
     <t>Milan Popelár</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Dagmar Opluštilová</t>
   </si>
   <si>
     <t>9.10.2021</t>
   </si>
   <si>
     <t>15.2.2020</t>
   </si>
   <si>
@@ -75,50 +75,53 @@
     <t>10.9.2021</t>
   </si>
   <si>
     <t>Tomáš Pokoj</t>
   </si>
   <si>
     <t>23.11.2019</t>
   </si>
   <si>
     <t>Antonín Zýbal</t>
   </si>
   <si>
     <t>19.1.2024</t>
   </si>
   <si>
     <t>Marcel Šebek</t>
   </si>
   <si>
     <t>6.12.2024</t>
   </si>
   <si>
     <t>1.12.2023</t>
   </si>
   <si>
     <t>Tomáš Koplík ml.</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>13.1.2024</t>
   </si>
   <si>
     <t>24.9.2022</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
     <t>Jarmila Bábíčková</t>
   </si>
   <si>
     <t>Tomáš Koplík st.</t>
   </si>
   <si>
     <t>Zdeněk Helešic</t>
   </si>
   <si>
     <t>25.10.2024</t>
   </si>
   <si>
     <t>5.4.2024</t>
   </si>
@@ -826,208 +829,217 @@
         <v>100</v>
       </c>
       <c r="E29" s="7">
         <v>100</v>
       </c>
       <c r="F29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>21</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>22</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>23</v>
       </c>
+      <c r="F31" s="7" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="32" spans="1:6">
       <c r="B32" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C32" s="5">
+        <v>542</v>
+      </c>
+      <c r="D32" s="5">
         <v>551</v>
       </c>
-      <c r="D32" s="5">
+      <c r="E32" s="5">
         <v>508</v>
       </c>
-      <c r="E32" s="5">
+      <c r="F32" s="5">
         <v>570</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="B33" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="5">
         <v>120</v>
       </c>
       <c r="D33" s="5">
         <v>120</v>
       </c>
       <c r="E33" s="5">
         <v>120</v>
       </c>
+      <c r="F33" s="5">
+        <v>120</v>
+      </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="B36" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C36" s="5">
         <v>557</v>
       </c>
       <c r="D36" s="4">
         <v>448</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="B37" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C37" s="5">
         <v>120</v>
       </c>
       <c r="D37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>12</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="B40" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C40" s="4">
         <v>409</v>
       </c>
       <c r="D40" s="4">
         <v>407</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="B41" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C41" s="7">
         <v>100</v>
       </c>
       <c r="D41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="B44" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C44" s="4">
         <v>453</v>
       </c>
       <c r="D44" s="4">
         <v>425</v>
       </c>
       <c r="E44" s="5">
         <v>540</v>
       </c>
       <c r="F44" s="4">
         <v>418</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="B45" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C45" s="7">
         <v>100</v>
       </c>
       <c r="D45" s="7">
         <v>100</v>
       </c>
       <c r="E45" s="5">
         <v>120</v>
       </c>
       <c r="F45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="B48" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="B49" s="1" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>