--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -362,75 +362,75 @@
   <si>
     <t>11.12.2021</t>
   </si>
   <si>
     <t>6.11.2021</t>
   </si>
   <si>
     <t>16.10.2021</t>
   </si>
   <si>
     <t>17.9.2021</t>
   </si>
   <si>
     <t>29.2.2020</t>
   </si>
   <si>
     <t>Petr Khol</t>
   </si>
   <si>
     <t>17.2.2024</t>
   </si>
   <si>
     <t>Josef Blaha</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>9.3.2024</t>
   </si>
   <si>
     <t>2.12.2023</t>
   </si>
   <si>
     <t>18.11.2023</t>
   </si>
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>28.10.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>1.4.2023</t>
   </si>
   <si>
     <t>Pavel Pěček</t>
   </si>
   <si>
     <t>24.3.2023</t>
   </si>
   <si>
     <t>10.3.2023</t>
   </si>
   <si>
     <t>24.2.2023</t>
   </si>
   <si>
     <t>10.2.2023</t>
   </si>
   <si>
     <t>11.11.2022</t>
   </si>
   <si>
     <t>25.2.2022</t>
   </si>
   <si>
     <t>26.11.2021</t>
   </si>
@@ -3182,230 +3182,230 @@
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>116</v>
       </c>
       <c r="D35" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="E35" s="7" t="s">
         <v>93</v>
       </c>
-      <c r="E35" s="7" t="s">
+      <c r="F35" s="7" t="s">
         <v>94</v>
       </c>
-      <c r="F35" s="7" t="s">
+      <c r="G35" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="G35" s="7" t="s">
+      <c r="H35" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="H35" s="7" t="s">
+      <c r="I35" s="7" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>118</v>
       </c>
       <c r="K35" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="L35" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="L35" s="7" t="s">
+      <c r="M35" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="M35" s="7" t="s">
+      <c r="N35" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="N35" s="7" t="s">
+      <c r="O35" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="O35" s="7" t="s">
+      <c r="P35" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="P35" s="7" t="s">
+      <c r="Q35" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="Q35" s="7" t="s">
+      <c r="R35" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="R35" s="7" t="s">
+      <c r="S35" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="S35" s="7" t="s">
+      <c r="T35" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="T35" s="7" t="s">
+      <c r="U35" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="U35" s="7" t="s">
+      <c r="V35" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="V35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W35" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="X35" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="X35" s="7" t="s">
+      <c r="Y35" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="Y35" s="7" t="s">
+      <c r="Z35" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="Z35" s="7" t="s">
+      <c r="AA35" s="7" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="AB35" s="7" t="s">
         <v>121</v>
       </c>
       <c r="AC35" s="7" t="s">
         <v>122</v>
       </c>
       <c r="AD35" s="7" t="s">
         <v>123</v>
       </c>
       <c r="AE35" s="7" t="s">
+        <v>124</v>
+      </c>
+      <c r="AF35" s="7" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>584</v>
+      </c>
+      <c r="D36" s="4">
         <v>562</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>591</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>581</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>488</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>576</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>547</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>591</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>571</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>575</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>606</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>594</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>520</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>553</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>563</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>544</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>528</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>582</v>
       </c>
-      <c r="T36" s="5">
+      <c r="U36" s="5">
         <v>459</v>
       </c>
-      <c r="U36" s="5">
+      <c r="V36" s="5">
         <v>458</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>570</v>
       </c>
-      <c r="W36" s="5">
+      <c r="X36" s="5">
         <v>450</v>
       </c>
-      <c r="X36" s="5">
+      <c r="Y36" s="5">
         <v>468</v>
       </c>
-      <c r="Y36" s="5">
+      <c r="Z36" s="5">
         <v>459</v>
       </c>
-      <c r="Z36" s="5">
+      <c r="AA36" s="5">
         <v>494</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>571</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>512</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>583</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>584</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="4">
         <v>120</v>
       </c>
       <c r="D37" s="4">
         <v>120</v>
       </c>
       <c r="E37" s="4">
         <v>120</v>
       </c>
       <c r="F37" s="4">
         <v>120</v>
       </c>
       <c r="G37" s="4">
         <v>120</v>
       </c>
       <c r="H37" s="4">
         <v>120</v>
       </c>
       <c r="I37" s="4">
@@ -3419,73 +3419,73 @@
       </c>
       <c r="L37" s="4">
         <v>120</v>
       </c>
       <c r="M37" s="4">
         <v>120</v>
       </c>
       <c r="N37" s="4">
         <v>120</v>
       </c>
       <c r="O37" s="4">
         <v>120</v>
       </c>
       <c r="P37" s="4">
         <v>120</v>
       </c>
       <c r="Q37" s="4">
         <v>120</v>
       </c>
       <c r="R37" s="4">
         <v>120</v>
       </c>
       <c r="S37" s="4">
         <v>120</v>
       </c>
-      <c r="T37" s="7">
-        <v>100</v>
+      <c r="T37" s="4">
+        <v>120</v>
       </c>
       <c r="U37" s="7">
         <v>100</v>
       </c>
-      <c r="V37" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="V37" s="7">
+        <v>100</v>
+      </c>
+      <c r="W37" s="4">
+        <v>120</v>
       </c>
       <c r="X37" s="7">
         <v>100</v>
       </c>
       <c r="Y37" s="7">
         <v>100</v>
       </c>
       <c r="Z37" s="7">
         <v>100</v>
       </c>
-      <c r="AA37" s="4">
-        <v>120</v>
+      <c r="AA37" s="7">
+        <v>100</v>
       </c>
       <c r="AB37" s="4">
         <v>120</v>
       </c>
       <c r="AC37" s="4">
         <v>120</v>
       </c>
       <c r="AD37" s="4">
         <v>120</v>
       </c>
       <c r="AE37" s="4">
         <v>120</v>
       </c>
       <c r="AF37" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">