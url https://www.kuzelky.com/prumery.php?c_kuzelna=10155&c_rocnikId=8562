--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Mistřín D na kuželně TJ Sokol Mistřín</t>
   </si>
   <si>
     <t>Dušan Urubek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>21.10.2025</t>
   </si>
   <si>
     <t>18.2.2025</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>18.10.2024</t>
   </si>
   <si>
@@ -261,50 +261,53 @@
     <t>10.9.2022</t>
   </si>
   <si>
     <t>11.12.2021</t>
   </si>
   <si>
     <t>20.11.2021</t>
   </si>
   <si>
     <t>6.11.2021</t>
   </si>
   <si>
     <t>16.10.2021</t>
   </si>
   <si>
     <t>17.9.2021</t>
   </si>
   <si>
     <t>12.9.2020</t>
   </si>
   <si>
     <t>29.2.2020</t>
   </si>
   <si>
     <t>Dušan Hradský</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>Kateřina Bařinová</t>
   </si>
   <si>
     <t>19.1.2024</t>
   </si>
   <si>
     <t>21.10.2022</t>
   </si>
   <si>
     <t>5.11.2021</t>
   </si>
   <si>
     <t>10.9.2021</t>
   </si>
   <si>
     <t>7.2.2020</t>
   </si>
@@ -1697,171 +1700,180 @@
       </c>
       <c r="AC13" s="7">
         <v>120</v>
       </c>
       <c r="AD13" s="7">
         <v>120</v>
       </c>
       <c r="AE13" s="7">
         <v>120</v>
       </c>
       <c r="AF13" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>82</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D15" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="E15" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="E15" s="6" t="s">
+      <c r="F15" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="F15" s="6" t="s">
-        <v>84</v>
+      <c r="G15" s="6" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="7">
+        <v>593</v>
+      </c>
+      <c r="D16" s="7">
         <v>512</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>538</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>452</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>451</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="7">
         <v>120</v>
       </c>
       <c r="D17" s="7">
         <v>120</v>
       </c>
-      <c r="E17" s="6">
-        <v>100</v>
+      <c r="E17" s="7">
+        <v>120</v>
       </c>
       <c r="F17" s="6">
+        <v>100</v>
+      </c>
+      <c r="G17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>30</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>32</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="W19" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>449</v>
       </c>
       <c r="D20" s="4">
         <v>414</v>
       </c>
       <c r="E20" s="4">
         <v>426</v>
       </c>
       <c r="F20" s="4">
         <v>404</v>
       </c>
       <c r="G20" s="4">
         <v>417</v>
       </c>
       <c r="H20" s="4">
         <v>402</v>
       </c>
       <c r="I20" s="4">
@@ -1976,123 +1988,123 @@
       </c>
       <c r="T21" s="6">
         <v>100</v>
       </c>
       <c r="U21" s="6">
         <v>100</v>
       </c>
       <c r="V21" s="6">
         <v>100</v>
       </c>
       <c r="W21" s="6">
         <v>100</v>
       </c>
       <c r="X21" s="6">
         <v>100</v>
       </c>
       <c r="Y21" s="6">
         <v>100</v>
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>10</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>275</v>
       </c>
       <c r="D24" s="4">
         <v>356</v>
       </c>
       <c r="E24" s="4">
         <v>325</v>
       </c>
       <c r="F24" s="4">
         <v>314</v>
       </c>
       <c r="G24" s="4">
         <v>332</v>
       </c>
       <c r="H24" s="4">
         <v>348</v>
       </c>
       <c r="I24" s="4">
@@ -2201,114 +2213,114 @@
       </c>
       <c r="S25" s="6">
         <v>100</v>
       </c>
       <c r="T25" s="6">
         <v>100</v>
       </c>
       <c r="U25" s="6">
         <v>100</v>
       </c>
       <c r="V25" s="6">
         <v>100</v>
       </c>
       <c r="W25" s="6">
         <v>100</v>
       </c>
       <c r="X25" s="6">
         <v>100</v>
       </c>
       <c r="Y25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>44</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>9</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>385</v>
       </c>
       <c r="D28" s="4">
         <v>399</v>
       </c>
       <c r="E28" s="4">
         <v>385</v>
       </c>
       <c r="F28" s="4">
         <v>435</v>
       </c>
       <c r="G28" s="4">
         <v>431</v>
       </c>
       <c r="H28" s="4">
@@ -2408,108 +2420,108 @@
       </c>
       <c r="Q29" s="6">
         <v>100</v>
       </c>
       <c r="R29" s="6">
         <v>100</v>
       </c>
       <c r="S29" s="6">
         <v>100</v>
       </c>
       <c r="T29" s="6">
         <v>100</v>
       </c>
       <c r="U29" s="6">
         <v>100</v>
       </c>
       <c r="V29" s="6">
         <v>100</v>
       </c>
       <c r="W29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>66</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>68</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>44</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>403</v>
       </c>
       <c r="D32" s="4">
         <v>423</v>
       </c>
       <c r="E32" s="4">
         <v>411</v>
       </c>
       <c r="F32" s="4">
         <v>404</v>
       </c>
       <c r="G32" s="4">
         <v>375</v>
       </c>
       <c r="H32" s="4">
         <v>444</v>
       </c>
       <c r="I32" s="4">
@@ -2588,87 +2600,87 @@
       </c>
       <c r="N33" s="6">
         <v>100</v>
       </c>
       <c r="O33" s="6">
         <v>100</v>
       </c>
       <c r="P33" s="6">
         <v>100</v>
       </c>
       <c r="Q33" s="6">
         <v>100</v>
       </c>
       <c r="R33" s="6">
         <v>100</v>
       </c>
       <c r="S33" s="6">
         <v>100</v>
       </c>
       <c r="T33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>43</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>44</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>10</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>11</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>399</v>
       </c>
       <c r="D36" s="4">
         <v>416</v>
       </c>
       <c r="E36" s="4">
         <v>407</v>
       </c>
       <c r="F36" s="4">
         <v>396</v>
       </c>
       <c r="G36" s="4">
         <v>406</v>
       </c>
       <c r="H36" s="4">
         <v>444</v>
       </c>
       <c r="I36" s="4">