--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
   <si>
     <t>Výsledky hráčů družstva TJ Lokomotiva Valtice B na kuželně TJ Lokomotiva Valtice</t>
   </si>
   <si>
     <t>Jan Herzán</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>4.10.2024</t>
   </si>
   <si>
     <t>13.9.2024</t>
   </si>
   <si>
     <t>5.4.2024</t>
   </si>
   <si>
     <t>29.3.2024</t>
   </si>
   <si>
     <t>15.3.2024</t>
   </si>
   <si>
@@ -273,50 +273,53 @@
     <t>12.4.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>25.10.2024</t>
   </si>
   <si>
     <t>11.10.2024</t>
   </si>
   <si>
     <t>27.9.2024</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
     <t>Zbyněk Škoda</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
   <si>
     <t>28.2.2020</t>
   </si>
   <si>
     <t>7.2.2020</t>
   </si>
   <si>
     <t>17.1.2020</t>
   </si>
   <si>
     <t>8.11.2019</t>
   </si>
@@ -2075,288 +2078,297 @@
       </c>
       <c r="AF17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>87</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>88</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>89</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>90</v>
       </c>
       <c r="G19" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="H19" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="H19" s="7" t="s">
+      <c r="I19" s="7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>92</v>
       </c>
       <c r="K19" s="7" t="s">
         <v>93</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>94</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>95</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>96</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>97</v>
       </c>
       <c r="P19" s="7" t="s">
         <v>98</v>
       </c>
       <c r="Q19" s="7" t="s">
         <v>99</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>100</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>101</v>
       </c>
       <c r="T19" s="7" t="s">
         <v>102</v>
       </c>
       <c r="U19" s="7" t="s">
         <v>103</v>
       </c>
       <c r="V19" s="7" t="s">
         <v>104</v>
+      </c>
+      <c r="W19" s="7" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>527</v>
+      </c>
+      <c r="D20" s="4">
         <v>522</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>496</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>478</v>
       </c>
-      <c r="F20" s="5">
+      <c r="G20" s="5">
         <v>403</v>
       </c>
-      <c r="G20" s="5">
+      <c r="H20" s="5">
         <v>378</v>
       </c>
-      <c r="H20" s="5">
+      <c r="I20" s="5">
         <v>414</v>
       </c>
-      <c r="I20" s="5">
+      <c r="J20" s="5">
         <v>397</v>
       </c>
-      <c r="J20" s="5">
+      <c r="K20" s="5">
         <v>441</v>
       </c>
-      <c r="K20" s="5">
+      <c r="L20" s="5">
         <v>365</v>
       </c>
-      <c r="L20" s="5">
+      <c r="M20" s="5">
         <v>405</v>
       </c>
-      <c r="M20" s="5">
+      <c r="N20" s="5">
         <v>396</v>
       </c>
-      <c r="N20" s="5">
+      <c r="O20" s="5">
         <v>430</v>
       </c>
-      <c r="O20" s="5">
+      <c r="P20" s="5">
         <v>449</v>
       </c>
-      <c r="P20" s="5">
+      <c r="Q20" s="5">
         <v>448</v>
       </c>
-      <c r="Q20" s="5">
+      <c r="R20" s="5">
         <v>409</v>
       </c>
-      <c r="R20" s="5">
+      <c r="S20" s="5">
         <v>419</v>
       </c>
-      <c r="S20" s="5">
+      <c r="T20" s="5">
         <v>385</v>
       </c>
-      <c r="T20" s="5">
+      <c r="U20" s="5">
         <v>446</v>
       </c>
-      <c r="U20" s="5">
+      <c r="V20" s="5">
         <v>387</v>
       </c>
-      <c r="V20" s="5">
+      <c r="W20" s="5">
         <v>372</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
-      <c r="F21" s="7">
-        <v>100</v>
+      <c r="F21" s="4">
+        <v>120</v>
       </c>
       <c r="G21" s="7">
         <v>100</v>
       </c>
       <c r="H21" s="7">
         <v>100</v>
       </c>
       <c r="I21" s="7">
         <v>100</v>
       </c>
       <c r="J21" s="7">
         <v>100</v>
       </c>
       <c r="K21" s="7">
         <v>100</v>
       </c>
       <c r="L21" s="7">
         <v>100</v>
       </c>
       <c r="M21" s="7">
         <v>100</v>
       </c>
       <c r="N21" s="7">
         <v>100</v>
       </c>
       <c r="O21" s="7">
         <v>100</v>
       </c>
       <c r="P21" s="7">
         <v>100</v>
       </c>
       <c r="Q21" s="7">
         <v>100</v>
       </c>
       <c r="R21" s="7">
         <v>100</v>
       </c>
       <c r="S21" s="7">
         <v>100</v>
       </c>
       <c r="T21" s="7">
         <v>100</v>
       </c>
       <c r="U21" s="7">
         <v>100</v>
       </c>
       <c r="V21" s="7">
+        <v>100</v>
+      </c>
+      <c r="W21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G23" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I23" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="J23" s="7" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K23" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M23" s="7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N23" s="7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="O23" s="7" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P23" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="Q23" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="R23" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="S23" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="T23" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="5">
         <v>430</v>
       </c>
       <c r="D24" s="5">
         <v>394</v>
       </c>
       <c r="E24" s="5">
         <v>397</v>
       </c>
       <c r="F24" s="5">
         <v>456</v>
       </c>
       <c r="G24" s="5">
         <v>406</v>
       </c>
       <c r="H24" s="5">
         <v>463</v>
       </c>
       <c r="I24" s="5">
@@ -2435,96 +2447,96 @@
       </c>
       <c r="N25" s="7">
         <v>100</v>
       </c>
       <c r="O25" s="7">
         <v>100</v>
       </c>
       <c r="P25" s="7">
         <v>100</v>
       </c>
       <c r="Q25" s="7">
         <v>100</v>
       </c>
       <c r="R25" s="7">
         <v>100</v>
       </c>
       <c r="S25" s="7">
         <v>100</v>
       </c>
       <c r="T25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I27" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="J27" s="7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K27" s="7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M27" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N27" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O27" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="P27" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="5">
         <v>381</v>
       </c>
       <c r="D28" s="5">
         <v>455</v>
       </c>
       <c r="E28" s="5">
         <v>418</v>
       </c>
       <c r="F28" s="5">
         <v>458</v>
       </c>
       <c r="G28" s="5">
         <v>433</v>
       </c>
       <c r="H28" s="5">
         <v>444</v>
       </c>
       <c r="I28" s="5">
@@ -2579,72 +2591,72 @@
       </c>
       <c r="J29" s="7">
         <v>100</v>
       </c>
       <c r="K29" s="7">
         <v>100</v>
       </c>
       <c r="L29" s="7">
         <v>100</v>
       </c>
       <c r="M29" s="7">
         <v>100</v>
       </c>
       <c r="N29" s="7">
         <v>100</v>
       </c>
       <c r="O29" s="7">
         <v>100</v>
       </c>
       <c r="P29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>74</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>75</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>79</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>82</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>9</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>12</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>13</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>14</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>15</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>36</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>85</v>
       </c>
@@ -2663,60 +2675,60 @@
       <c r="U31" s="7" t="s">
         <v>47</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>48</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>51</v>
       </c>
       <c r="X31" s="7" t="s">
         <v>52</v>
       </c>
       <c r="Y31" s="7" t="s">
         <v>53</v>
       </c>
       <c r="Z31" s="7" t="s">
         <v>54</v>
       </c>
       <c r="AA31" s="7" t="s">
         <v>55</v>
       </c>
       <c r="AB31" s="7" t="s">
         <v>56</v>
       </c>
       <c r="AC31" s="7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AD31" s="7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AE31" s="7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AF31" s="7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="5">
         <v>394</v>
       </c>
       <c r="D32" s="5">
         <v>340</v>
       </c>
       <c r="E32" s="5">
         <v>345</v>
       </c>
       <c r="F32" s="5">
         <v>389</v>
       </c>
       <c r="G32" s="5">
         <v>398</v>
       </c>
       <c r="H32" s="5">
         <v>398</v>
       </c>
       <c r="I32" s="5">
@@ -2867,239 +2879,239 @@
       </c>
       <c r="Z33" s="7">
         <v>100</v>
       </c>
       <c r="AA33" s="7">
         <v>100</v>
       </c>
       <c r="AB33" s="7">
         <v>100</v>
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>133</v>
+        <v>87</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>134</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>87</v>
+        <v>135</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>135</v>
+        <v>88</v>
       </c>
       <c r="G35" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="H35" s="7" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>89</v>
       </c>
       <c r="J35" s="7" t="s">
-        <v>136</v>
+        <v>90</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>137</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>138</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>139</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>140</v>
       </c>
       <c r="O35" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="P35" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="P35" s="7" t="s">
+      <c r="Q35" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="Q35" s="7" t="s">
+      <c r="R35" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="R35" s="7" t="s">
+      <c r="S35" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="S35" s="7" t="s">
+      <c r="T35" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="T35" s="7" t="s">
+      <c r="U35" s="7" t="s">
         <v>63</v>
       </c>
-      <c r="U35" s="7" t="s">
+      <c r="V35" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="V35" s="7" t="s">
+      <c r="W35" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="W35" s="7" t="s">
+      <c r="X35" s="7" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="Y35" s="7" t="s">
         <v>142</v>
       </c>
       <c r="Z35" s="7" t="s">
+        <v>143</v>
+      </c>
+      <c r="AA35" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="AA35" s="7" t="s">
+      <c r="AB35" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="AB35" s="7" t="s">
+      <c r="AC35" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="AC35" s="7" t="s">
+      <c r="AD35" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="AD35" s="7" t="s">
+      <c r="AE35" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="AE35" s="7" t="s">
+      <c r="AF35" s="7" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>544</v>
+      </c>
+      <c r="D36" s="4">
         <v>572</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>543</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>549</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
       <c r="H36" s="4">
         <v>503</v>
       </c>
       <c r="I36" s="4">
+        <v>503</v>
+      </c>
+      <c r="J36" s="4">
         <v>496</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>557</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>510</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>539</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>503</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>521</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>471</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>539</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>523</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>559</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>526</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>550</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>528</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>499</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>493</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>520</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>491</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>521</v>
       </c>
-      <c r="AA36" s="5">
+      <c r="AB36" s="5">
         <v>434</v>
       </c>
-      <c r="AB36" s="5">
+      <c r="AC36" s="5">
         <v>387</v>
       </c>
-      <c r="AC36" s="5">
+      <c r="AD36" s="5">
         <v>460</v>
       </c>
-      <c r="AD36" s="5">
+      <c r="AE36" s="5">
         <v>410</v>
       </c>
-      <c r="AE36" s="5">
+      <c r="AF36" s="5">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="4">
         <v>120</v>
       </c>
       <c r="D37" s="4">
         <v>120</v>
       </c>
       <c r="E37" s="4">
         <v>120</v>
       </c>
       <c r="F37" s="4">
         <v>120</v>
       </c>
       <c r="G37" s="4">
         <v>120</v>
       </c>
       <c r="H37" s="4">
         <v>120</v>
       </c>
       <c r="I37" s="4">
@@ -3134,72 +3146,72 @@
       </c>
       <c r="S37" s="4">
         <v>120</v>
       </c>
       <c r="T37" s="4">
         <v>120</v>
       </c>
       <c r="U37" s="4">
         <v>120</v>
       </c>
       <c r="V37" s="4">
         <v>120</v>
       </c>
       <c r="W37" s="4">
         <v>120</v>
       </c>
       <c r="X37" s="4">
         <v>120</v>
       </c>
       <c r="Y37" s="4">
         <v>120</v>
       </c>
       <c r="Z37" s="4">
         <v>120</v>
       </c>
-      <c r="AA37" s="7">
-        <v>100</v>
+      <c r="AA37" s="4">
+        <v>120</v>
       </c>
       <c r="AB37" s="7">
         <v>100</v>
       </c>
       <c r="AC37" s="7">
         <v>100</v>
       </c>
       <c r="AD37" s="7">
         <v>100</v>
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>36</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>18</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>85</v>
       </c>
       <c r="G39" s="7" t="s">
         <v>38</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>39</v>
       </c>
       <c r="I39" s="7" t="s">
         <v>40</v>
       </c>
@@ -3227,72 +3239,72 @@
       <c r="Q39" s="7" t="s">
         <v>48</v>
       </c>
       <c r="R39" s="7" t="s">
         <v>49</v>
       </c>
       <c r="S39" s="7" t="s">
         <v>50</v>
       </c>
       <c r="T39" s="7" t="s">
         <v>51</v>
       </c>
       <c r="U39" s="7" t="s">
         <v>52</v>
       </c>
       <c r="V39" s="7" t="s">
         <v>53</v>
       </c>
       <c r="W39" s="7" t="s">
         <v>54</v>
       </c>
       <c r="X39" s="7" t="s">
         <v>55</v>
       </c>
       <c r="Y39" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="Z39" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AA39" s="7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="AB39" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="AC39" s="7" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="AD39" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AE39" s="7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AF39" s="7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>450</v>
       </c>
       <c r="D40" s="5">
         <v>401</v>
       </c>
       <c r="E40" s="4">
         <v>460</v>
       </c>
       <c r="F40" s="5">
         <v>405</v>
       </c>
       <c r="G40" s="5">
         <v>393</v>
       </c>
       <c r="H40" s="5">
         <v>395</v>
       </c>
       <c r="I40" s="5">