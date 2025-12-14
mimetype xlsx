--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
   <si>
     <t>Výsledky hráčů družstva TJ Lokomotiva Valtice B na kuželně TJ Lokomotiva Valtice</t>
   </si>
   <si>
     <t>Eduard Jung</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>16.2.2024</t>
   </si>
   <si>
     <t>19.1.2024</t>
   </si>
   <si>
     <t>13.1.2024</t>
   </si>
   <si>
     <t>24.11.2023</t>
   </si>
   <si>
     <t>20.10.2023</t>
   </si>
   <si>
@@ -315,50 +315,53 @@
     <t>25.10.2024</t>
   </si>
   <si>
     <t>11.10.2024</t>
   </si>
   <si>
     <t>27.9.2024</t>
   </si>
   <si>
     <t>5.4.2024</t>
   </si>
   <si>
     <t>29.3.2024</t>
   </si>
   <si>
     <t>15.3.2024</t>
   </si>
   <si>
     <t>10.11.2023</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
     <t>Zbyněk Škoda</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
   <si>
     <t>28.2.2020</t>
   </si>
   <si>
     <t>7.2.2020</t>
   </si>
   <si>
     <t>17.1.2020</t>
   </si>
   <si>
     <t>8.11.2019</t>
   </si>
@@ -2093,288 +2096,297 @@
       </c>
       <c r="AF17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>101</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>102</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>103</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>104</v>
       </c>
       <c r="G19" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="H19" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="H19" s="7" t="s">
+      <c r="I19" s="7" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>106</v>
       </c>
       <c r="K19" s="7" t="s">
         <v>107</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>108</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>109</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>110</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>111</v>
       </c>
       <c r="P19" s="7" t="s">
         <v>112</v>
       </c>
       <c r="Q19" s="7" t="s">
         <v>113</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>114</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>115</v>
       </c>
       <c r="T19" s="7" t="s">
         <v>116</v>
       </c>
       <c r="U19" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="V19" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="V19" s="7" t="s">
-        <v>117</v>
+      <c r="W19" s="7" t="s">
+        <v>118</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="5">
+        <v>527</v>
+      </c>
+      <c r="D20" s="5">
         <v>522</v>
       </c>
-      <c r="D20" s="5">
+      <c r="E20" s="5">
         <v>496</v>
       </c>
-      <c r="E20" s="5">
+      <c r="F20" s="5">
         <v>478</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>403</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>378</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>414</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>397</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>441</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>365</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>405</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>396</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>430</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>449</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>448</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>409</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>419</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>385</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>446</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>387</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>372</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="5">
         <v>120</v>
       </c>
       <c r="D21" s="5">
         <v>120</v>
       </c>
       <c r="E21" s="5">
         <v>120</v>
       </c>
-      <c r="F21" s="7">
-        <v>100</v>
+      <c r="F21" s="5">
+        <v>120</v>
       </c>
       <c r="G21" s="7">
         <v>100</v>
       </c>
       <c r="H21" s="7">
         <v>100</v>
       </c>
       <c r="I21" s="7">
         <v>100</v>
       </c>
       <c r="J21" s="7">
         <v>100</v>
       </c>
       <c r="K21" s="7">
         <v>100</v>
       </c>
       <c r="L21" s="7">
         <v>100</v>
       </c>
       <c r="M21" s="7">
         <v>100</v>
       </c>
       <c r="N21" s="7">
         <v>100</v>
       </c>
       <c r="O21" s="7">
         <v>100</v>
       </c>
       <c r="P21" s="7">
         <v>100</v>
       </c>
       <c r="Q21" s="7">
         <v>100</v>
       </c>
       <c r="R21" s="7">
         <v>100</v>
       </c>
       <c r="S21" s="7">
         <v>100</v>
       </c>
       <c r="T21" s="7">
         <v>100</v>
       </c>
       <c r="U21" s="7">
         <v>100</v>
       </c>
       <c r="V21" s="7">
+        <v>100</v>
+      </c>
+      <c r="W21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>62</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>63</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>65</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>66</v>
       </c>
       <c r="G23" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I23" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="J23" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K23" s="7" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M23" s="7" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="N23" s="7" t="s">
         <v>75</v>
       </c>
       <c r="O23" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P23" s="7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="Q23" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="R23" s="7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="S23" s="7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="T23" s="7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>430</v>
       </c>
       <c r="D24" s="4">
         <v>394</v>
       </c>
       <c r="E24" s="4">
         <v>397</v>
       </c>
       <c r="F24" s="4">
         <v>456</v>
       </c>
       <c r="G24" s="4">
         <v>406</v>
       </c>
       <c r="H24" s="4">
         <v>463</v>
       </c>
       <c r="I24" s="4">
@@ -2453,96 +2465,96 @@
       </c>
       <c r="N25" s="7">
         <v>100</v>
       </c>
       <c r="O25" s="7">
         <v>100</v>
       </c>
       <c r="P25" s="7">
         <v>100</v>
       </c>
       <c r="Q25" s="7">
         <v>100</v>
       </c>
       <c r="R25" s="7">
         <v>100</v>
       </c>
       <c r="S25" s="7">
         <v>100</v>
       </c>
       <c r="T25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I27" s="7" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="J27" s="7" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K27" s="7" t="s">
         <v>75</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="M27" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="N27" s="7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="O27" s="7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P27" s="7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>381</v>
       </c>
       <c r="D28" s="4">
         <v>455</v>
       </c>
       <c r="E28" s="4">
         <v>418</v>
       </c>
       <c r="F28" s="4">
         <v>458</v>
       </c>
       <c r="G28" s="4">
         <v>433</v>
       </c>
       <c r="H28" s="4">
         <v>444</v>
       </c>
       <c r="I28" s="4">
@@ -2597,72 +2609,72 @@
       </c>
       <c r="J29" s="7">
         <v>100</v>
       </c>
       <c r="K29" s="7">
         <v>100</v>
       </c>
       <c r="L29" s="7">
         <v>100</v>
       </c>
       <c r="M29" s="7">
         <v>100</v>
       </c>
       <c r="N29" s="7">
         <v>100</v>
       </c>
       <c r="O29" s="7">
         <v>100</v>
       </c>
       <c r="P29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>84</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>85</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>89</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>92</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>4</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>6</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>98</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>7</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>8</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>10</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>99</v>
       </c>
@@ -2681,60 +2693,60 @@
       <c r="U31" s="7" t="s">
         <v>22</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>23</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>26</v>
       </c>
       <c r="X31" s="7" t="s">
         <v>27</v>
       </c>
       <c r="Y31" s="7" t="s">
         <v>28</v>
       </c>
       <c r="Z31" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AA31" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AB31" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AC31" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="AD31" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="AE31" s="7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="AF31" s="7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>394</v>
       </c>
       <c r="D32" s="4">
         <v>340</v>
       </c>
       <c r="E32" s="4">
         <v>345</v>
       </c>
       <c r="F32" s="4">
         <v>389</v>
       </c>
       <c r="G32" s="4">
         <v>398</v>
       </c>
       <c r="H32" s="4">
         <v>398</v>
       </c>
       <c r="I32" s="4">
@@ -2885,239 +2897,239 @@
       </c>
       <c r="Z33" s="7">
         <v>100</v>
       </c>
       <c r="AA33" s="7">
         <v>100</v>
       </c>
       <c r="AB33" s="7">
         <v>100</v>
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>141</v>
+        <v>101</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>142</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>101</v>
+        <v>143</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>143</v>
+        <v>102</v>
       </c>
       <c r="G35" s="7" t="s">
+        <v>144</v>
+      </c>
+      <c r="H35" s="7" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>103</v>
       </c>
       <c r="J35" s="7" t="s">
-        <v>144</v>
+        <v>104</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>145</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>146</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>147</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>148</v>
       </c>
       <c r="O35" s="7" t="s">
+        <v>149</v>
+      </c>
+      <c r="P35" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="P35" s="7" t="s">
+      <c r="Q35" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="Q35" s="7" t="s">
+      <c r="R35" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="R35" s="7" t="s">
+      <c r="S35" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="S35" s="7" t="s">
+      <c r="T35" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="T35" s="7" t="s">
+      <c r="U35" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="U35" s="7" t="s">
+      <c r="V35" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="V35" s="7" t="s">
+      <c r="W35" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="W35" s="7" t="s">
+      <c r="X35" s="7" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="Y35" s="7" t="s">
         <v>150</v>
       </c>
       <c r="Z35" s="7" t="s">
+        <v>151</v>
+      </c>
+      <c r="AA35" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="AA35" s="7" t="s">
+      <c r="AB35" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="AB35" s="7" t="s">
+      <c r="AC35" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="AC35" s="7" t="s">
+      <c r="AD35" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="AD35" s="7" t="s">
+      <c r="AE35" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="AE35" s="7" t="s">
+      <c r="AF35" s="7" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="5">
+        <v>544</v>
+      </c>
+      <c r="D36" s="5">
         <v>572</v>
       </c>
-      <c r="D36" s="5">
+      <c r="E36" s="5">
         <v>543</v>
       </c>
-      <c r="E36" s="5">
+      <c r="F36" s="5">
         <v>549</v>
       </c>
-      <c r="F36" s="5">
+      <c r="G36" s="5">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
       <c r="H36" s="5">
         <v>503</v>
       </c>
       <c r="I36" s="5">
+        <v>503</v>
+      </c>
+      <c r="J36" s="5">
         <v>496</v>
       </c>
-      <c r="J36" s="5">
+      <c r="K36" s="5">
         <v>557</v>
       </c>
-      <c r="K36" s="5">
+      <c r="L36" s="5">
         <v>510</v>
       </c>
-      <c r="L36" s="5">
+      <c r="M36" s="5">
         <v>539</v>
       </c>
-      <c r="M36" s="5">
+      <c r="N36" s="5">
         <v>503</v>
       </c>
-      <c r="N36" s="5">
+      <c r="O36" s="5">
         <v>521</v>
       </c>
-      <c r="O36" s="5">
+      <c r="P36" s="5">
         <v>471</v>
       </c>
-      <c r="P36" s="5">
+      <c r="Q36" s="5">
         <v>539</v>
       </c>
-      <c r="Q36" s="5">
+      <c r="R36" s="5">
         <v>523</v>
       </c>
-      <c r="R36" s="5">
+      <c r="S36" s="5">
         <v>559</v>
       </c>
-      <c r="S36" s="5">
+      <c r="T36" s="5">
         <v>526</v>
       </c>
-      <c r="T36" s="5">
+      <c r="U36" s="5">
         <v>550</v>
       </c>
-      <c r="U36" s="5">
+      <c r="V36" s="5">
         <v>528</v>
       </c>
-      <c r="V36" s="5">
+      <c r="W36" s="5">
         <v>499</v>
       </c>
-      <c r="W36" s="5">
+      <c r="X36" s="5">
         <v>493</v>
       </c>
-      <c r="X36" s="5">
+      <c r="Y36" s="5">
         <v>520</v>
       </c>
-      <c r="Y36" s="5">
+      <c r="Z36" s="5">
         <v>491</v>
       </c>
-      <c r="Z36" s="5">
+      <c r="AA36" s="5">
         <v>521</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>434</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>387</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>460</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>410</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="5">
         <v>120</v>
       </c>
       <c r="D37" s="5">
         <v>120</v>
       </c>
       <c r="E37" s="5">
         <v>120</v>
       </c>
       <c r="F37" s="5">
         <v>120</v>
       </c>
       <c r="G37" s="5">
         <v>120</v>
       </c>
       <c r="H37" s="5">
         <v>120</v>
       </c>
       <c r="I37" s="5">
@@ -3152,135 +3164,135 @@
       </c>
       <c r="S37" s="5">
         <v>120</v>
       </c>
       <c r="T37" s="5">
         <v>120</v>
       </c>
       <c r="U37" s="5">
         <v>120</v>
       </c>
       <c r="V37" s="5">
         <v>120</v>
       </c>
       <c r="W37" s="5">
         <v>120</v>
       </c>
       <c r="X37" s="5">
         <v>120</v>
       </c>
       <c r="Y37" s="5">
         <v>120</v>
       </c>
       <c r="Z37" s="5">
         <v>120</v>
       </c>
-      <c r="AA37" s="7">
-        <v>100</v>
+      <c r="AA37" s="5">
+        <v>120</v>
       </c>
       <c r="AB37" s="7">
         <v>100</v>
       </c>
       <c r="AC37" s="7">
         <v>100</v>
       </c>
       <c r="AD37" s="7">
         <v>100</v>
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="J39" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="K39" s="7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="L39" s="7" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="M39" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="N39" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="O39" s="7" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="P39" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="Q39" s="7" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="R39" s="7" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="S39" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="T39" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="U39" s="7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="V39" s="7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>376</v>
       </c>
       <c r="D40" s="4">
         <v>365</v>
       </c>
       <c r="E40" s="4">
         <v>352</v>
       </c>
       <c r="F40" s="4">
         <v>391</v>
       </c>
       <c r="G40" s="4">
         <v>367</v>
       </c>
       <c r="H40" s="4">
         <v>369</v>
       </c>
       <c r="I40" s="4">
@@ -3371,114 +3383,114 @@
       </c>
       <c r="P41" s="7">
         <v>100</v>
       </c>
       <c r="Q41" s="7">
         <v>100</v>
       </c>
       <c r="R41" s="7">
         <v>100</v>
       </c>
       <c r="S41" s="7">
         <v>100</v>
       </c>
       <c r="T41" s="7">
         <v>100</v>
       </c>
       <c r="U41" s="7">
         <v>100</v>
       </c>
       <c r="V41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G43" s="7" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I43" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="J43" s="7" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="K43" s="7" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="L43" s="7" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="M43" s="7" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N43" s="7" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="O43" s="7" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="P43" s="7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="Q43" s="7" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="R43" s="7" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="S43" s="7" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="T43" s="7" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="U43" s="7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="V43" s="7" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="5">
         <v>487</v>
       </c>
       <c r="D44" s="5">
         <v>0</v>
       </c>
       <c r="E44" s="5">
         <v>513</v>
       </c>
       <c r="F44" s="5">
         <v>471</v>
       </c>
       <c r="G44" s="5">
         <v>522</v>
       </c>
       <c r="H44" s="5">
         <v>494</v>
       </c>
       <c r="I44" s="4">
@@ -3569,111 +3581,111 @@
       </c>
       <c r="P45" s="7">
         <v>100</v>
       </c>
       <c r="Q45" s="5">
         <v>120</v>
       </c>
       <c r="R45" s="5">
         <v>120</v>
       </c>
       <c r="S45" s="5">
         <v>120</v>
       </c>
       <c r="T45" s="5">
         <v>120</v>
       </c>
       <c r="U45" s="5">
         <v>120</v>
       </c>
       <c r="V45" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G47" s="7" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H47" s="7" t="s">
         <v>63</v>
       </c>
       <c r="I47" s="7" t="s">
         <v>64</v>
       </c>
       <c r="J47" s="7" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="K47" s="7" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="L47" s="7" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="M47" s="7" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N47" s="7" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="O47" s="7" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P47" s="7" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="Q47" s="7" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="R47" s="7" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="S47" s="7" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="T47" s="7" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="U47" s="7" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>402</v>
       </c>
       <c r="D48" s="5">
         <v>490</v>
       </c>
       <c r="E48" s="5">
         <v>516</v>
       </c>
       <c r="F48" s="5">
         <v>474</v>
       </c>
       <c r="G48" s="5">
         <v>477</v>
       </c>
       <c r="H48" s="4">
         <v>434</v>
       </c>
       <c r="I48" s="4">
@@ -3758,126 +3770,126 @@
       </c>
       <c r="O49" s="5">
         <v>120</v>
       </c>
       <c r="P49" s="5">
         <v>120</v>
       </c>
       <c r="Q49" s="5">
         <v>120</v>
       </c>
       <c r="R49" s="5">
         <v>120</v>
       </c>
       <c r="S49" s="5">
         <v>120</v>
       </c>
       <c r="T49" s="5">
         <v>120</v>
       </c>
       <c r="U49" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D51" s="7" t="s">
         <v>96</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>12</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>29</v>
       </c>
       <c r="G51" s="7" t="s">
         <v>30</v>
       </c>
       <c r="H51" s="7" t="s">
         <v>31</v>
       </c>
       <c r="I51" s="7" t="s">
         <v>32</v>
       </c>
       <c r="J51" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K51" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="L51" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="M51" s="7" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="N51" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="O51" s="7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P51" s="7" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="Q51" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="R51" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="S51" s="7" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="T51" s="7" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="U51" s="7" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="V51" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="W51" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="X51" s="7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="Y51" s="7" t="s">
         <v>80</v>
       </c>
       <c r="Z51" s="7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
         <v>336</v>
       </c>
       <c r="D52" s="4">
         <v>340</v>
       </c>
       <c r="E52" s="4">
         <v>308</v>
       </c>
       <c r="F52" s="4">
         <v>316</v>
       </c>
       <c r="G52" s="4">
         <v>320</v>
       </c>
       <c r="H52" s="4">
         <v>303</v>
       </c>
       <c r="I52" s="4">
@@ -3992,51 +4004,51 @@
       </c>
       <c r="T53" s="7">
         <v>100</v>
       </c>
       <c r="U53" s="7">
         <v>100</v>
       </c>
       <c r="V53" s="7">
         <v>100</v>
       </c>
       <c r="W53" s="7">
         <v>100</v>
       </c>
       <c r="X53" s="7">
         <v>100</v>
       </c>
       <c r="Y53" s="7">
         <v>100</v>
       </c>
       <c r="Z53" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="7" t="s">
         <v>52</v>
       </c>
       <c r="D55" s="7" t="s">
         <v>10</v>
       </c>
       <c r="E55" s="7" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>99</v>
       </c>
       <c r="G55" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H55" s="7" t="s">
         <v>14</v>
       </c>
       <c r="I55" s="7" t="s">
         <v>15</v>
       </c>
@@ -4076,60 +4088,60 @@
       <c r="U55" s="7" t="s">
         <v>27</v>
       </c>
       <c r="V55" s="7" t="s">
         <v>28</v>
       </c>
       <c r="W55" s="7" t="s">
         <v>29</v>
       </c>
       <c r="X55" s="7" t="s">
         <v>30</v>
       </c>
       <c r="Y55" s="7" t="s">
         <v>62</v>
       </c>
       <c r="Z55" s="7" t="s">
         <v>63</v>
       </c>
       <c r="AA55" s="7" t="s">
         <v>64</v>
       </c>
       <c r="AB55" s="7" t="s">
         <v>66</v>
       </c>
       <c r="AC55" s="7" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="AD55" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AE55" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="AF55" s="7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="5">
         <v>450</v>
       </c>
       <c r="D56" s="4">
         <v>401</v>
       </c>
       <c r="E56" s="5">
         <v>460</v>
       </c>
       <c r="F56" s="4">
         <v>405</v>
       </c>
       <c r="G56" s="4">
         <v>393</v>
       </c>
       <c r="H56" s="4">
         <v>395</v>
       </c>
       <c r="I56" s="4">