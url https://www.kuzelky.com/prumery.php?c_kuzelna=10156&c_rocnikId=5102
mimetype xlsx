--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>Výsledky hráčů družstva TJ Lokomotiva Valtice   na kuželně TJ Lokomotiva Valtice</t>
   </si>
   <si>
     <t>Petr Pesau</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>12.9.2020</t>
   </si>
   <si>
     <t>29.2.2020</t>
   </si>
   <si>
     <t>15.2.2020</t>
   </si>
   <si>
     <t>1.2.2020</t>
   </si>
   <si>
     <t>23.11.2019</t>
   </si>
   <si>
@@ -192,50 +192,53 @@
     <t>13.10.2023</t>
   </si>
   <si>
     <t>6.10.2023</t>
   </si>
   <si>
     <t>22.9.2023</t>
   </si>
   <si>
     <t>15.9.2023</t>
   </si>
   <si>
     <t>31.3.2023</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>3.3.2023</t>
   </si>
   <si>
     <t>František Herůfek ml. ml.</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>13.9.2024</t>
   </si>
   <si>
     <t>28.3.2024</t>
   </si>
   <si>
     <t>22.3.2024</t>
   </si>
   <si>
     <t>12.1.2024</t>
   </si>
   <si>
     <t>Robert Herůfek</t>
   </si>
   <si>
     <t>15.4.2023</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
@@ -1265,233 +1268,233 @@
       </c>
       <c r="AB9" s="4">
         <v>120</v>
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="4">
         <v>120</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D11" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="D11" s="6" t="s">
+      <c r="E11" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="E11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G11" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="G11" s="6" t="s">
+      <c r="H11" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="H11" s="6" t="s">
+      <c r="I11" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="I11" s="6" t="s">
+      <c r="J11" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="J11" s="6" t="s">
+      <c r="K11" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="K11" s="6" t="s">
+      <c r="L11" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="L11" s="6" t="s">
+      <c r="M11" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="M11" s="6" t="s">
+      <c r="N11" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="N11" s="6" t="s">
+      <c r="O11" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="O11" s="6" t="s">
+      <c r="P11" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="P11" s="6" t="s">
+      <c r="Q11" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="Q11" s="6" t="s">
+      <c r="R11" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="R11" s="6" t="s">
+      <c r="S11" s="6" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>62</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>63</v>
       </c>
       <c r="V11" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="W11" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="W11" s="6" t="s">
+      <c r="X11" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="X11" s="6" t="s">
+      <c r="Y11" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="Y11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z11" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="AA11" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="AA11" s="6" t="s">
+      <c r="AB11" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="AB11" s="6" t="s">
+      <c r="AC11" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="AC11" s="6" t="s">
+      <c r="AD11" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="AD11" s="6" t="s">
+      <c r="AE11" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="AE11" s="6" t="s">
+      <c r="AF11" s="6" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="4">
+        <v>532</v>
+      </c>
+      <c r="D12" s="4">
         <v>509</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>583</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>548</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>561</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>527</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>547</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>523</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>567</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>507</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>514</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>536</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>473</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>568</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>565</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>549</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>547</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>530</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>565</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>526</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>572</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>546</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>559</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>549</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>510</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>506</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>512</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>574</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>529</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>546</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
         <v>120</v>
       </c>
       <c r="H13" s="4">
         <v>120</v>
       </c>
       <c r="I13" s="4">
@@ -1547,239 +1550,239 @@
       </c>
       <c r="Z13" s="4">
         <v>120</v>
       </c>
       <c r="AA13" s="4">
         <v>120</v>
       </c>
       <c r="AB13" s="4">
         <v>120</v>
       </c>
       <c r="AC13" s="4">
         <v>120</v>
       </c>
       <c r="AD13" s="4">
         <v>120</v>
       </c>
       <c r="AE13" s="4">
         <v>120</v>
       </c>
       <c r="AF13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D15" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="D15" s="6" t="s">
+      <c r="E15" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="E15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G15" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="G15" s="6" t="s">
+      <c r="H15" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="H15" s="6" t="s">
+      <c r="I15" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="I15" s="6" t="s">
+      <c r="J15" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="J15" s="6" t="s">
+      <c r="K15" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="K15" s="6" t="s">
+      <c r="L15" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="L15" s="6" t="s">
+      <c r="M15" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="M15" s="6" t="s">
+      <c r="N15" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="N15" s="6" t="s">
+      <c r="O15" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="O15" s="6" t="s">
+      <c r="P15" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="P15" s="6" t="s">
+      <c r="Q15" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="Q15" s="6" t="s">
+      <c r="R15" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="R15" s="6" t="s">
+      <c r="S15" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="S15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T15" s="6" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="U15" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="V15" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="V15" s="6" t="s">
+      <c r="W15" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="W15" s="6" t="s">
+      <c r="X15" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="X15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y15" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="Z15" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="Z15" s="6" t="s">
+      <c r="AA15" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="AA15" s="6" t="s">
+      <c r="AB15" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="AB15" s="6" t="s">
+      <c r="AC15" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="AC15" s="6" t="s">
+      <c r="AD15" s="6" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>67</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="4">
+        <v>569</v>
+      </c>
+      <c r="D16" s="4">
         <v>546</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>503</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>510</v>
       </c>
       <c r="G16" s="4">
         <v>510</v>
       </c>
       <c r="H16" s="4">
+        <v>510</v>
+      </c>
+      <c r="I16" s="4">
         <v>495</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>581</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>514</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>506</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>572</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>512</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>504</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>540</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>549</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>548</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>572</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>516</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>502</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>538</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>540</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>546</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>554</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>530</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>547</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>529</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>542</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>524</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>488</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">
@@ -1835,84 +1838,84 @@
       </c>
       <c r="Z17" s="4">
         <v>120</v>
       </c>
       <c r="AA17" s="4">
         <v>120</v>
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="4">
         <v>536</v>
       </c>
       <c r="D20" s="4">
         <v>550</v>
       </c>
       <c r="E20" s="4">
         <v>568</v>
       </c>
       <c r="F20" s="4">
         <v>562</v>
       </c>
       <c r="G20" s="4">
         <v>522</v>
       </c>
       <c r="H20" s="4">
@@ -1952,96 +1955,96 @@
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
         <v>120</v>
       </c>
       <c r="I21" s="4">
         <v>120</v>
       </c>
       <c r="J21" s="4">
         <v>120</v>
       </c>
       <c r="K21" s="4">
         <v>120</v>
       </c>
       <c r="L21" s="4">
         <v>120</v>
       </c>
       <c r="M21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="4">
         <v>492</v>
       </c>
       <c r="D24" s="4">
         <v>537</v>
       </c>
       <c r="E24" s="4">
         <v>540</v>
       </c>
       <c r="F24" s="4">
         <v>515</v>
       </c>
       <c r="G24" s="4">
         <v>559</v>
       </c>
       <c r="H24" s="4">
@@ -2105,283 +2108,283 @@
       </c>
       <c r="K25" s="4">
         <v>120</v>
       </c>
       <c r="L25" s="4">
         <v>120</v>
       </c>
       <c r="M25" s="4">
         <v>120</v>
       </c>
       <c r="N25" s="4">
         <v>120</v>
       </c>
       <c r="O25" s="4">
         <v>120</v>
       </c>
       <c r="P25" s="4">
         <v>120</v>
       </c>
       <c r="Q25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D27" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="D27" s="6" t="s">
+      <c r="E27" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="E27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F27" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G27" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="G27" s="6" t="s">
+      <c r="H27" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="H27" s="6" t="s">
+      <c r="I27" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="J27" s="6" t="s">
+      <c r="K27" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="K27" s="6" t="s">
+      <c r="L27" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="M27" s="6" t="s">
+      <c r="N27" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="N27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O27" s="6" t="s">
-        <v>66</v>
+        <v>89</v>
       </c>
       <c r="P27" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q27" s="6" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>81</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>82</v>
+        <v>90</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>83</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>70</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>71</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>72</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>73</v>
       </c>
       <c r="AA27" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>77</v>
       </c>
       <c r="AE27" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="AF27" s="6" t="s">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="4">
+        <v>516</v>
+      </c>
+      <c r="D28" s="4">
         <v>582</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>569</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>529</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>564</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>557</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>545</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>550</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>534</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>545</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>553</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>541</v>
       </c>
-      <c r="N28" s="7">
+      <c r="O28" s="7">
         <v>441</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>511</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>560</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>528</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>530</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>548</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>550</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>514</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>515</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>538</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>510</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>547</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>590</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>533</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>556</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>570</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>488</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
         <v>120</v>
       </c>
       <c r="J29" s="4">
         <v>120</v>
       </c>
       <c r="K29" s="4">
         <v>120</v>
       </c>
       <c r="L29" s="4">
         <v>120</v>
       </c>
       <c r="M29" s="4">
         <v>120</v>
       </c>
-      <c r="N29" s="6">
+      <c r="N29" s="4">
+        <v>120</v>
+      </c>
+      <c r="O29" s="6">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="P29" s="4">
         <v>120</v>
       </c>
       <c r="Q29" s="4">
         <v>120</v>
       </c>
       <c r="R29" s="4">
         <v>120</v>
       </c>
       <c r="S29" s="4">
         <v>120</v>
       </c>
       <c r="T29" s="4">
         <v>120</v>
       </c>
       <c r="U29" s="4">
         <v>120</v>
       </c>
       <c r="V29" s="4">
         <v>120</v>
       </c>
       <c r="W29" s="4">
         <v>120</v>
       </c>
@@ -2393,72 +2396,72 @@
       </c>
       <c r="Z29" s="4">
         <v>120</v>
       </c>
       <c r="AA29" s="4">
         <v>120</v>
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="4">
         <v>568</v>
       </c>
       <c r="D32" s="4">
         <v>545</v>
       </c>
       <c r="E32" s="4">
         <v>533</v>
       </c>
       <c r="F32" s="4">
         <v>560</v>
       </c>
       <c r="G32" s="4">
         <v>573</v>
       </c>
       <c r="H32" s="4">
         <v>566</v>
       </c>
     </row>