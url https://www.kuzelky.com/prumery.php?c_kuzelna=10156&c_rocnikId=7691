--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -230,50 +230,53 @@
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>25.10.2024</t>
   </si>
   <si>
     <t>11.10.2024</t>
   </si>
   <si>
     <t>27.9.2024</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
     <t>Zbyněk Škoda</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
   <si>
     <t>28.2.2020</t>
   </si>
   <si>
     <t>7.2.2020</t>
   </si>
   <si>
     <t>17.1.2020</t>
   </si>
   <si>
     <t>8.11.2019</t>
   </si>
   <si>
     <t>11.10.2019</t>
@@ -348,53 +351,50 @@
     <t>28.2.2025</t>
   </si>
   <si>
     <t>14.2.2025</t>
   </si>
   <si>
     <t>31.1.2025</t>
   </si>
   <si>
     <t>10.1.2025</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
     <t>20.11.2021</t>
   </si>
   <si>
     <t>25.9.2021</t>
   </si>
   <si>
     <t>12.9.2020</t>
-  </si>
-[...1 lines deleted...]
-    <t>29.2.2020</t>
   </si>
   <si>
     <t>Božena Vajdová</t>
   </si>
   <si>
     <t>8.11.2024</t>
   </si>
   <si>
     <t>1.11.2019</t>
   </si>
   <si>
     <t>13.9.2019</t>
   </si>
   <si>
     <t>24.2.2019</t>
   </si>
   <si>
     <t>24.11.2018</t>
   </si>
   <si>
     <t>Robert Gecs</t>
   </si>
   <si>
     <t>11.9.2020</t>
   </si>
@@ -1742,270 +1742,279 @@
       </c>
       <c r="AF13" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>72</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>73</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>74</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>75</v>
       </c>
       <c r="G15" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="H15" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="H15" s="7" t="s">
+      <c r="I15" s="7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>77</v>
       </c>
       <c r="K15" s="7" t="s">
         <v>78</v>
       </c>
       <c r="L15" s="7" t="s">
         <v>79</v>
       </c>
       <c r="M15" s="7" t="s">
         <v>80</v>
       </c>
       <c r="N15" s="7" t="s">
         <v>81</v>
       </c>
       <c r="O15" s="7" t="s">
         <v>82</v>
       </c>
       <c r="P15" s="7" t="s">
         <v>83</v>
       </c>
       <c r="Q15" s="7" t="s">
         <v>84</v>
       </c>
       <c r="R15" s="7" t="s">
         <v>85</v>
       </c>
       <c r="S15" s="7" t="s">
         <v>86</v>
       </c>
       <c r="T15" s="7" t="s">
         <v>87</v>
       </c>
       <c r="U15" s="7" t="s">
         <v>88</v>
       </c>
       <c r="V15" s="7" t="s">
         <v>89</v>
+      </c>
+      <c r="W15" s="7" t="s">
+        <v>90</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>527</v>
+      </c>
+      <c r="D16" s="4">
         <v>522</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>496</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>478</v>
       </c>
-      <c r="F16" s="5">
+      <c r="G16" s="5">
         <v>403</v>
       </c>
-      <c r="G16" s="5">
+      <c r="H16" s="5">
         <v>378</v>
       </c>
-      <c r="H16" s="5">
+      <c r="I16" s="5">
         <v>414</v>
       </c>
-      <c r="I16" s="5">
+      <c r="J16" s="5">
         <v>397</v>
       </c>
-      <c r="J16" s="5">
+      <c r="K16" s="5">
         <v>441</v>
       </c>
-      <c r="K16" s="5">
+      <c r="L16" s="5">
         <v>365</v>
       </c>
-      <c r="L16" s="5">
+      <c r="M16" s="5">
         <v>405</v>
       </c>
-      <c r="M16" s="5">
+      <c r="N16" s="5">
         <v>396</v>
       </c>
-      <c r="N16" s="5">
+      <c r="O16" s="5">
         <v>430</v>
       </c>
-      <c r="O16" s="5">
+      <c r="P16" s="5">
         <v>449</v>
       </c>
-      <c r="P16" s="5">
+      <c r="Q16" s="5">
         <v>448</v>
       </c>
-      <c r="Q16" s="5">
+      <c r="R16" s="5">
         <v>409</v>
       </c>
-      <c r="R16" s="5">
+      <c r="S16" s="5">
         <v>419</v>
       </c>
-      <c r="S16" s="5">
+      <c r="T16" s="5">
         <v>385</v>
       </c>
-      <c r="T16" s="5">
+      <c r="U16" s="5">
         <v>446</v>
       </c>
-      <c r="U16" s="5">
+      <c r="V16" s="5">
         <v>387</v>
       </c>
-      <c r="V16" s="5">
+      <c r="W16" s="5">
         <v>372</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
-      <c r="F17" s="7">
-        <v>100</v>
+      <c r="F17" s="4">
+        <v>120</v>
       </c>
       <c r="G17" s="7">
         <v>100</v>
       </c>
       <c r="H17" s="7">
         <v>100</v>
       </c>
       <c r="I17" s="7">
         <v>100</v>
       </c>
       <c r="J17" s="7">
         <v>100</v>
       </c>
       <c r="K17" s="7">
         <v>100</v>
       </c>
       <c r="L17" s="7">
         <v>100</v>
       </c>
       <c r="M17" s="7">
         <v>100</v>
       </c>
       <c r="N17" s="7">
         <v>100</v>
       </c>
       <c r="O17" s="7">
         <v>100</v>
       </c>
       <c r="P17" s="7">
         <v>100</v>
       </c>
       <c r="Q17" s="7">
         <v>100</v>
       </c>
       <c r="R17" s="7">
         <v>100</v>
       </c>
       <c r="S17" s="7">
         <v>100</v>
       </c>
       <c r="T17" s="7">
         <v>100</v>
       </c>
       <c r="U17" s="7">
         <v>100</v>
       </c>
       <c r="V17" s="7">
+        <v>100</v>
+      </c>
+      <c r="W17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>60</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>64</v>
       </c>
       <c r="G23" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>67</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>9</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>12</v>
       </c>
       <c r="L23" s="7" t="s">
         <v>13</v>
       </c>
       <c r="M23" s="7" t="s">
         <v>14</v>
       </c>
       <c r="N23" s="7" t="s">
         <v>15</v>
       </c>
       <c r="O23" s="7" t="s">
         <v>36</v>
       </c>
       <c r="P23" s="7" t="s">
         <v>70</v>
       </c>
@@ -2024,60 +2033,60 @@
       <c r="U23" s="7" t="s">
         <v>47</v>
       </c>
       <c r="V23" s="7" t="s">
         <v>48</v>
       </c>
       <c r="W23" s="7" t="s">
         <v>51</v>
       </c>
       <c r="X23" s="7" t="s">
         <v>52</v>
       </c>
       <c r="Y23" s="7" t="s">
         <v>53</v>
       </c>
       <c r="Z23" s="7" t="s">
         <v>54</v>
       </c>
       <c r="AA23" s="7" t="s">
         <v>55</v>
       </c>
       <c r="AB23" s="7" t="s">
         <v>56</v>
       </c>
       <c r="AC23" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AD23" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AE23" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AF23" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="5">
         <v>394</v>
       </c>
       <c r="D24" s="5">
         <v>340</v>
       </c>
       <c r="E24" s="5">
         <v>345</v>
       </c>
       <c r="F24" s="5">
         <v>389</v>
       </c>
       <c r="G24" s="5">
         <v>398</v>
       </c>
       <c r="H24" s="5">
         <v>398</v>
       </c>
       <c r="I24" s="5">
@@ -2228,283 +2237,283 @@
       </c>
       <c r="Z25" s="7">
         <v>100</v>
       </c>
       <c r="AA25" s="7">
         <v>100</v>
       </c>
       <c r="AB25" s="7">
         <v>100</v>
       </c>
       <c r="AC25" s="7">
         <v>100</v>
       </c>
       <c r="AD25" s="7">
         <v>100</v>
       </c>
       <c r="AE25" s="7">
         <v>100</v>
       </c>
       <c r="AF25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>100</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>72</v>
+        <v>101</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>101</v>
+        <v>73</v>
       </c>
       <c r="G27" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H27" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="H27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I27" s="7" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>103</v>
       </c>
       <c r="K27" s="7" t="s">
         <v>104</v>
       </c>
       <c r="L27" s="7" t="s">
         <v>105</v>
       </c>
       <c r="M27" s="7" t="s">
         <v>106</v>
       </c>
       <c r="N27" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="O27" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="O27" s="7" t="s">
+      <c r="P27" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="P27" s="7" t="s">
+      <c r="Q27" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="Q27" s="7" t="s">
+      <c r="R27" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="R27" s="7" t="s">
+      <c r="S27" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="S27" s="7" t="s">
+      <c r="T27" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="T27" s="7" t="s">
+      <c r="U27" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="U27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V27" s="7" t="s">
+        <v>108</v>
+      </c>
+      <c r="W27" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="W27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X27" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y27" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="Y27" s="7" t="s">
+      <c r="Z27" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="Z27" s="7" t="s">
+      <c r="AA27" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="AA27" s="7" t="s">
+      <c r="AB27" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="AB27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC27" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="AD27" s="7" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="AE27" s="7" t="s">
         <v>111</v>
       </c>
       <c r="AF27" s="7" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>516</v>
+      </c>
+      <c r="D28" s="4">
         <v>582</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>569</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>529</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>564</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>557</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>545</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>550</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>534</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>545</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>553</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>541</v>
       </c>
-      <c r="N28" s="5">
+      <c r="O28" s="5">
         <v>441</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>511</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>560</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>528</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>530</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>548</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>550</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>514</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>515</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>538</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>510</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>547</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>590</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>533</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>556</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>570</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>488</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
         <v>120</v>
       </c>
       <c r="J29" s="4">
         <v>120</v>
       </c>
       <c r="K29" s="4">
         <v>120</v>
       </c>
       <c r="L29" s="4">
         <v>120</v>
       </c>
       <c r="M29" s="4">
         <v>120</v>
       </c>
-      <c r="N29" s="7">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="N29" s="4">
+        <v>120</v>
+      </c>
+      <c r="O29" s="7">
+        <v>100</v>
       </c>
       <c r="P29" s="4">
         <v>120</v>
       </c>
       <c r="Q29" s="4">
         <v>120</v>
       </c>
       <c r="R29" s="4">
         <v>120</v>
       </c>
       <c r="S29" s="4">
         <v>120</v>
       </c>
       <c r="T29" s="4">
         <v>120</v>
       </c>
       <c r="U29" s="4">
         <v>120</v>
       </c>
       <c r="V29" s="4">
         <v>120</v>
       </c>
       <c r="W29" s="4">
         <v>120</v>
       </c>
@@ -2543,99 +2552,99 @@
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>114</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>6</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>37</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>54</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>55</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>56</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>57</v>
       </c>
       <c r="J31" s="7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="L31" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>115</v>
       </c>
       <c r="N31" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="O31" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>116</v>
       </c>
       <c r="Q31" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="R31" s="7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>117</v>
       </c>
       <c r="T31" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="U31" s="7" t="s">
         <v>118</v>
       </c>
       <c r="V31" s="7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="W31" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="X31" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="Y31" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="Z31" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="5">
         <v>336</v>
       </c>
       <c r="D32" s="5">
         <v>340</v>
       </c>
       <c r="E32" s="5">
         <v>308</v>
       </c>
       <c r="F32" s="5">
         <v>316</v>
       </c>
       <c r="G32" s="5">
         <v>320</v>
       </c>
       <c r="H32" s="5">
         <v>303</v>
       </c>
       <c r="I32" s="5">
@@ -2837,57 +2846,57 @@
       <c r="V35" s="7" t="s">
         <v>53</v>
       </c>
       <c r="W35" s="7" t="s">
         <v>54</v>
       </c>
       <c r="X35" s="7" t="s">
         <v>55</v>
       </c>
       <c r="Y35" s="7" t="s">
         <v>120</v>
       </c>
       <c r="Z35" s="7" t="s">
         <v>121</v>
       </c>
       <c r="AA35" s="7" t="s">
         <v>122</v>
       </c>
       <c r="AB35" s="7" t="s">
         <v>123</v>
       </c>
       <c r="AC35" s="7" t="s">
         <v>124</v>
       </c>
       <c r="AD35" s="7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AE35" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AF35" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>450</v>
       </c>
       <c r="D36" s="5">
         <v>401</v>
       </c>
       <c r="E36" s="4">
         <v>460</v>
       </c>
       <c r="F36" s="5">
         <v>405</v>
       </c>
       <c r="G36" s="5">
         <v>393</v>
       </c>
       <c r="H36" s="5">
         <v>395</v>
       </c>
       <c r="I36" s="5">
@@ -3179,63 +3188,63 @@
       </c>
       <c r="C45" s="7">
         <v>100</v>
       </c>
       <c r="D45" s="7">
         <v>100</v>
       </c>
       <c r="E45" s="7">
         <v>100</v>
       </c>
       <c r="F45" s="7">
         <v>100</v>
       </c>
       <c r="G45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>128</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>61</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>63</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>65</v>
       </c>
       <c r="G47" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H47" s="7" t="s">
         <v>114</v>
       </c>
       <c r="I47" s="7" t="s">
         <v>68</v>
       </c>
       <c r="J47" s="7" t="s">
         <v>5</v>
       </c>
       <c r="K47" s="7" t="s">
         <v>7</v>
       </c>
       <c r="L47" s="7" t="s">
         <v>8</v>
       </c>
       <c r="M47" s="7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
@@ -3296,75 +3305,75 @@
       </c>
       <c r="I49" s="7">
         <v>100</v>
       </c>
       <c r="J49" s="7">
         <v>100</v>
       </c>
       <c r="K49" s="7">
         <v>100</v>
       </c>
       <c r="L49" s="7">
         <v>100</v>
       </c>
       <c r="M49" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D51" s="7" t="s">
         <v>59</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>60</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>61</v>
       </c>
       <c r="G51" s="7" t="s">
         <v>63</v>
       </c>
       <c r="H51" s="7" t="s">
         <v>64</v>
       </c>
       <c r="I51" s="7" t="s">
         <v>65</v>
       </c>
       <c r="J51" s="7" t="s">
         <v>127</v>
       </c>
       <c r="K51" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="L51" s="7" t="s">
         <v>114</v>
       </c>
       <c r="M51" s="7" t="s">
         <v>67</v>
       </c>
       <c r="N51" s="7" t="s">
         <v>68</v>
       </c>
       <c r="O51" s="7" t="s">
         <v>69</v>
       </c>
       <c r="P51" s="7" t="s">
         <v>10</v>
       </c>
       <c r="Q51" s="7" t="s">
         <v>14</v>
       </c>
       <c r="R51" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="6" t="s">
@@ -3458,78 +3467,78 @@
       </c>
       <c r="N53" s="7">
         <v>100</v>
       </c>
       <c r="O53" s="7">
         <v>100</v>
       </c>
       <c r="P53" s="7">
         <v>100</v>
       </c>
       <c r="Q53" s="7">
         <v>100</v>
       </c>
       <c r="R53" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
         <v>130</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D55" s="7" t="s">
         <v>59</v>
       </c>
       <c r="E55" s="7" t="s">
         <v>60</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>61</v>
       </c>
       <c r="G55" s="7" t="s">
         <v>63</v>
       </c>
       <c r="H55" s="7" t="s">
         <v>64</v>
       </c>
       <c r="I55" s="7" t="s">
         <v>65</v>
       </c>
       <c r="J55" s="7" t="s">
         <v>127</v>
       </c>
       <c r="K55" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="L55" s="7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M55" s="7" t="s">
         <v>66</v>
       </c>
       <c r="N55" s="7" t="s">
         <v>114</v>
       </c>
       <c r="O55" s="7" t="s">
         <v>67</v>
       </c>
       <c r="P55" s="7" t="s">
         <v>68</v>
       </c>
       <c r="Q55" s="7" t="s">
         <v>3</v>
       </c>
       <c r="R55" s="7" t="s">
         <v>69</v>
       </c>
       <c r="S55" s="7" t="s">
         <v>5</v>
       </c>
       <c r="T55" s="7" t="s">
         <v>6</v>
       </c>