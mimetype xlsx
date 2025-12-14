--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Výsledky hráčů družstva TJ Lokomotiva Valtice B na kuželně TJ Lokomotiva Valtice</t>
   </si>
   <si>
     <t>Vladimír Čech</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>19.9.2025</t>
   </si>
   <si>
     <t>12.4.2025</t>
   </si>
   <si>
@@ -120,50 +120,53 @@
     <t>25.11.2022</t>
   </si>
   <si>
     <t>18.11.2022</t>
   </si>
   <si>
     <t>4.11.2022</t>
   </si>
   <si>
     <t>30.9.2022</t>
   </si>
   <si>
     <t>14.1.2022</t>
   </si>
   <si>
     <t>3.12.2021</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Zbyněk Škoda</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
   <si>
     <t>28.2.2020</t>
   </si>
   <si>
     <t>7.2.2020</t>
   </si>
   <si>
     <t>17.1.2020</t>
   </si>
   <si>
     <t>8.11.2019</t>
   </si>
@@ -1034,324 +1037,333 @@
       </c>
       <c r="AF5" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="7" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="H7" s="7" t="s">
+      <c r="I7" s="7" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="J7" s="7" t="s">
         <v>41</v>
       </c>
       <c r="K7" s="7" t="s">
         <v>42</v>
       </c>
       <c r="L7" s="7" t="s">
         <v>43</v>
       </c>
       <c r="M7" s="7" t="s">
         <v>44</v>
       </c>
       <c r="N7" s="7" t="s">
         <v>45</v>
       </c>
       <c r="O7" s="7" t="s">
         <v>46</v>
       </c>
       <c r="P7" s="7" t="s">
         <v>47</v>
       </c>
       <c r="Q7" s="7" t="s">
         <v>48</v>
       </c>
       <c r="R7" s="7" t="s">
         <v>49</v>
       </c>
       <c r="S7" s="7" t="s">
         <v>50</v>
       </c>
       <c r="T7" s="7" t="s">
         <v>51</v>
       </c>
       <c r="U7" s="7" t="s">
         <v>52</v>
       </c>
       <c r="V7" s="7" t="s">
         <v>53</v>
+      </c>
+      <c r="W7" s="7" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="5">
+        <v>527</v>
+      </c>
+      <c r="D8" s="5">
         <v>522</v>
       </c>
-      <c r="D8" s="5">
+      <c r="E8" s="5">
         <v>496</v>
       </c>
-      <c r="E8" s="5">
+      <c r="F8" s="5">
         <v>478</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>403</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>378</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>414</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>397</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>441</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>365</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>405</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>396</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>430</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>449</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>448</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>409</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>419</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>385</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>446</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>387</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>372</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="5">
         <v>120</v>
       </c>
       <c r="D9" s="5">
         <v>120</v>
       </c>
       <c r="E9" s="5">
         <v>120</v>
       </c>
-      <c r="F9" s="7">
-        <v>100</v>
+      <c r="F9" s="5">
+        <v>120</v>
       </c>
       <c r="G9" s="7">
         <v>100</v>
       </c>
       <c r="H9" s="7">
         <v>100</v>
       </c>
       <c r="I9" s="7">
         <v>100</v>
       </c>
       <c r="J9" s="7">
         <v>100</v>
       </c>
       <c r="K9" s="7">
         <v>100</v>
       </c>
       <c r="L9" s="7">
         <v>100</v>
       </c>
       <c r="M9" s="7">
         <v>100</v>
       </c>
       <c r="N9" s="7">
         <v>100</v>
       </c>
       <c r="O9" s="7">
         <v>100</v>
       </c>
       <c r="P9" s="7">
         <v>100</v>
       </c>
       <c r="Q9" s="7">
         <v>100</v>
       </c>
       <c r="R9" s="7">
         <v>100</v>
       </c>
       <c r="S9" s="7">
         <v>100</v>
       </c>
       <c r="T9" s="7">
         <v>100</v>
       </c>
       <c r="U9" s="7">
         <v>100</v>
       </c>
       <c r="V9" s="7">
+        <v>100</v>
+      </c>
+      <c r="W9" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>3</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>4</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G11" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H11" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="7" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="M11" s="7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="N11" s="7" t="s">
         <v>21</v>
       </c>
       <c r="O11" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P11" s="7" t="s">
         <v>23</v>
       </c>
       <c r="Q11" s="7" t="s">
         <v>24</v>
       </c>
       <c r="R11" s="7" t="s">
         <v>30</v>
       </c>
       <c r="S11" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="T11" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="U11" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V11" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="W11" s="7" t="s">
         <v>32</v>
       </c>
       <c r="X11" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="Y11" s="7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="Z11" s="7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="AA11" s="7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="AB11" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="AC11" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="AD11" s="7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="AE11" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="AF11" s="7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
         <v>394</v>
       </c>
       <c r="D12" s="4">
         <v>340</v>
       </c>
       <c r="E12" s="4">
         <v>345</v>
       </c>
       <c r="F12" s="4">
         <v>389</v>
       </c>
       <c r="G12" s="4">
         <v>398</v>
       </c>
       <c r="H12" s="4">
         <v>398</v>
       </c>
       <c r="I12" s="4">
@@ -1502,126 +1514,126 @@
       </c>
       <c r="Z13" s="7">
         <v>100</v>
       </c>
       <c r="AA13" s="7">
         <v>100</v>
       </c>
       <c r="AB13" s="7">
         <v>100</v>
       </c>
       <c r="AC13" s="7">
         <v>100</v>
       </c>
       <c r="AD13" s="7">
         <v>100</v>
       </c>
       <c r="AE13" s="7">
         <v>100</v>
       </c>
       <c r="AF13" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>24</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G15" s="7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H15" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I15" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J15" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K15" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L15" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M15" s="7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N15" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="O15" s="7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P15" s="7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="Q15" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="R15" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="S15" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="T15" s="7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="U15" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="V15" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="W15" s="7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="X15" s="7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Y15" s="7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z15" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>336</v>
       </c>
       <c r="D16" s="4">
         <v>340</v>
       </c>
       <c r="E16" s="4">
         <v>308</v>
       </c>
       <c r="F16" s="4">
         <v>316</v>
       </c>
       <c r="G16" s="4">
         <v>320</v>
       </c>
       <c r="H16" s="4">
         <v>303</v>
       </c>
       <c r="I16" s="4">
@@ -1736,57 +1748,57 @@
       </c>
       <c r="T17" s="7">
         <v>100</v>
       </c>
       <c r="U17" s="7">
         <v>100</v>
       </c>
       <c r="V17" s="7">
         <v>100</v>
       </c>
       <c r="W17" s="7">
         <v>100</v>
       </c>
       <c r="X17" s="7">
         <v>100</v>
       </c>
       <c r="Y17" s="7">
         <v>100</v>
       </c>
       <c r="Z17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>384</v>
       </c>
       <c r="D20" s="4">
         <v>363</v>
       </c>
       <c r="E20" s="4">
@@ -1799,87 +1811,87 @@
         <v>342</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="7">
         <v>100</v>
       </c>
       <c r="D21" s="7">
         <v>100</v>
       </c>
       <c r="E21" s="7">
         <v>100</v>
       </c>
       <c r="F21" s="7">
         <v>100</v>
       </c>
       <c r="G21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>5</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>7</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G23" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>12</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>14</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>16</v>
       </c>
       <c r="L23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="M23" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="5">
         <v>460</v>
       </c>
       <c r="D24" s="4">
         <v>402</v>
       </c>
       <c r="E24" s="4">
         <v>382</v>
       </c>
       <c r="F24" s="4">
         <v>410</v>
       </c>
       <c r="G24" s="4">
         <v>421</v>
       </c>
       <c r="H24" s="4">
         <v>423</v>
       </c>
       <c r="I24" s="4">
@@ -1916,99 +1928,99 @@
       </c>
       <c r="G25" s="7">
         <v>100</v>
       </c>
       <c r="H25" s="7">
         <v>100</v>
       </c>
       <c r="I25" s="7">
         <v>100</v>
       </c>
       <c r="J25" s="7">
         <v>100</v>
       </c>
       <c r="K25" s="7">
         <v>100</v>
       </c>
       <c r="L25" s="7">
         <v>100</v>
       </c>
       <c r="M25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>3</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>4</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>7</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>8</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>9</v>
       </c>
       <c r="J27" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K27" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M27" s="7" t="s">
         <v>11</v>
       </c>
       <c r="N27" s="7" t="s">
         <v>12</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>13</v>
       </c>
       <c r="P27" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="Q27" s="7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="R27" s="7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>401</v>
       </c>
       <c r="D28" s="4">
         <v>348</v>
       </c>
       <c r="E28" s="4">
         <v>378</v>
       </c>
       <c r="F28" s="4">
         <v>354</v>
       </c>
       <c r="G28" s="4">
         <v>350</v>
       </c>
       <c r="H28" s="4">
@@ -2078,129 +2090,129 @@
       </c>
       <c r="L29" s="7">
         <v>100</v>
       </c>
       <c r="M29" s="7">
         <v>100</v>
       </c>
       <c r="N29" s="7">
         <v>100</v>
       </c>
       <c r="O29" s="7">
         <v>100</v>
       </c>
       <c r="P29" s="7">
         <v>100</v>
       </c>
       <c r="Q29" s="7">
         <v>100</v>
       </c>
       <c r="R29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>3</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>4</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>7</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>8</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>9</v>
       </c>
       <c r="J31" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L31" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>10</v>
       </c>
       <c r="N31" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>11</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>12</v>
       </c>
       <c r="Q31" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>13</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>14</v>
       </c>
       <c r="T31" s="7" t="s">
         <v>15</v>
       </c>
       <c r="U31" s="7" t="s">
         <v>16</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>18</v>
       </c>
       <c r="X31" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="Y31" s="7" t="s">
         <v>19</v>
       </c>
       <c r="Z31" s="7" t="s">
         <v>20</v>
       </c>
       <c r="AA31" s="7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AB31" s="7" t="s">
         <v>21</v>
       </c>
       <c r="AC31" s="7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>464</v>
       </c>
       <c r="D32" s="4">
         <v>398</v>
       </c>
       <c r="E32" s="4">
         <v>422</v>
       </c>
       <c r="F32" s="4">
         <v>390</v>
       </c>
       <c r="G32" s="4">