--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Výsledky hráčů družstva TJ Bižuterie Jablonec n.N. A na kuželně TJ Bižuterie Jablonec nad Nisou</t>
   </si>
   <si>
     <t>Jiří Tůma</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>20.11.2025</t>
   </si>
   <si>
     <t>30.10.2025</t>
   </si>
   <si>
     <t>23.10.2025</t>
   </si>
   <si>
     <t>3.4.2025</t>
   </si>
   <si>
     <t>13.3.2025</t>
   </si>
   <si>
@@ -122,50 +122,53 @@
   <si>
     <t>11.11.2021</t>
   </si>
   <si>
     <t>15.2.2020</t>
   </si>
   <si>
     <t>30.1.2020</t>
   </si>
   <si>
     <t>30.11.2019</t>
   </si>
   <si>
     <t>2.11.2019</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Zdeněk Vokatý</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>19.9.2025</t>
   </si>
   <si>
     <t>17.1.2025</t>
   </si>
   <si>
     <t>6.12.2024</t>
   </si>
   <si>
     <t>22.11.2024</t>
   </si>
   <si>
     <t>2.11.2024</t>
   </si>
   <si>
     <t>5.10.2024</t>
@@ -203,102 +206,102 @@
   <si>
     <t>15.9.2023</t>
   </si>
   <si>
     <t>16.3.2023</t>
   </si>
   <si>
     <t>2.3.2023</t>
   </si>
   <si>
     <t>28.2.2023</t>
   </si>
   <si>
     <t>16.2.2023</t>
   </si>
   <si>
     <t>9.2.2023</t>
   </si>
   <si>
     <t>2.2.2023</t>
   </si>
   <si>
     <t>30.1.2023</t>
   </si>
   <si>
+    <t>Pavel Nežádal</t>
+  </si>
+  <si>
+    <t>22.3.2025</t>
+  </si>
+  <si>
+    <t>14.2.2025</t>
+  </si>
+  <si>
+    <t>20.9.2024</t>
+  </si>
+  <si>
+    <t>15.11.2022</t>
+  </si>
+  <si>
+    <t>7.4.2022</t>
+  </si>
+  <si>
+    <t>17.3.2022</t>
+  </si>
+  <si>
+    <t>10.3.2022</t>
+  </si>
+  <si>
+    <t>27.1.2022</t>
+  </si>
+  <si>
+    <t>20.1.2022</t>
+  </si>
+  <si>
+    <t>29.2.2020</t>
+  </si>
+  <si>
+    <t>16.11.2019</t>
+  </si>
+  <si>
+    <t>Daniel Paterko</t>
+  </si>
+  <si>
+    <t>2.12.2025</t>
+  </si>
+  <si>
+    <t>2.10.2025</t>
+  </si>
+  <si>
+    <t>18.9.2025</t>
+  </si>
+  <si>
+    <t>9.1.2025</t>
+  </si>
+  <si>
     <t>8.12.2022</t>
-  </si>
-[...49 lines deleted...]
-    <t>9.1.2025</t>
   </si>
   <si>
     <t>Miroslav Pastyřík</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>Matouš Janda</t>
   </si>
   <si>
     <t>3.11.2022</t>
   </si>
   <si>
     <t>24.2.2022</t>
   </si>
   <si>
     <t>4.11.2021</t>
   </si>
@@ -1094,173 +1097,173 @@
       <c r="O7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="V7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="W7" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="X7" s="6" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="Y7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Z7" s="6" t="s">
         <v>58</v>
       </c>
       <c r="AA7" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="AB7" s="6" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>61</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>62</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>404</v>
+      </c>
+      <c r="D8" s="4">
         <v>395</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>391</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>415</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>419</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>472</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>391</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>413</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>454</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>404</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>408</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>400</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>412</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>453</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>432</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>428</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>406</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>415</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>445</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>470</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>432</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>456</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>413</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>449</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>428</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>402</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>451</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>408</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>455</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
@@ -1328,105 +1331,105 @@
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>65</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>67</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M11" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="T11" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="V11" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="W11" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>69</v>
       </c>
       <c r="Z11" s="6" t="s">
         <v>70</v>
       </c>
       <c r="AA11" s="6" t="s">
         <v>71</v>
       </c>
       <c r="AB11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="AC11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="AD11" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>74</v>
       </c>
@@ -1643,102 +1646,102 @@
       <c r="F15" s="6" t="s">
         <v>78</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>79</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>6</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>8</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>9</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>80</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>11</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>22</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>23</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="Y15" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="AC15" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE15" s="6" t="s">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>422</v>
       </c>
       <c r="D16" s="4">
         <v>431</v>
       </c>
       <c r="E16" s="4">
         <v>364</v>
       </c>
       <c r="F16" s="4">
         <v>369</v>
       </c>
       <c r="G16" s="4">
         <v>308</v>
       </c>
       <c r="H16" s="4">
@@ -1892,239 +1895,239 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>39</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>82</v>
+        <v>40</v>
       </c>
       <c r="F19" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="G19" s="6" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>84</v>
       </c>
       <c r="I19" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="J19" s="6" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>42</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="O19" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="P19" s="6" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>46</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>50</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>51</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>54</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>55</v>
       </c>
       <c r="Y19" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="Z19" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="Z19" s="6" t="s">
+      <c r="AA19" s="6" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>57</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>58</v>
       </c>
       <c r="AD19" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="AE19" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="AE19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF19" s="6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>394</v>
+      </c>
+      <c r="D20" s="4">
         <v>395</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>449</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>400</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>439</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>426</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>411</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>446</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>416</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>441</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>420</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>415</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>392</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>414</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>397</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>401</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>420</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>434</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>408</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>439</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>417</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>406</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>384</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>422</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>427</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>475</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>448</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>453</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>441</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
@@ -2180,123 +2183,123 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>68</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>69</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>70</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>71</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>72</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>73</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>384</v>
       </c>
       <c r="D24" s="4">
         <v>396</v>
       </c>
       <c r="E24" s="4">
         <v>396</v>
       </c>
       <c r="F24" s="4">
         <v>401</v>
       </c>
       <c r="G24" s="4">
         <v>433</v>
       </c>
       <c r="H24" s="4">
         <v>410</v>
       </c>
       <c r="I24" s="4">