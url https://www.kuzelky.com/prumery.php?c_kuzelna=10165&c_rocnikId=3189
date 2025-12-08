--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Výsledky hráčů družstva KK Jiskra Čejkovice B na kuželně KK Jiskra Čejkovice</t>
   </si>
   <si>
     <t>Vladimír Stávek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>8.2.2025</t>
   </si>
   <si>
     <t>25.11.2023</t>
   </si>
   <si>
@@ -218,84 +218,87 @@
   <si>
     <t>30.11.2018</t>
   </si>
   <si>
     <t>17.11.2018</t>
   </si>
   <si>
     <t>3.11.2018</t>
   </si>
   <si>
     <t>20.10.2018</t>
   </si>
   <si>
     <t>6.10.2018</t>
   </si>
   <si>
     <t>Lubomír Konečný</t>
   </si>
   <si>
     <t>20.9.2018</t>
   </si>
   <si>
     <t>Jiří Fojtík</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
   <si>
     <t>11.10.2024</t>
   </si>
   <si>
     <t>2.3.2024</t>
   </si>
   <si>
     <t>14.10.2022</t>
   </si>
   <si>
     <t>15.2.2020</t>
   </si>
   <si>
+    <t>Jakub Svoboda</t>
+  </si>
+  <si>
+    <t>1.4.2022</t>
+  </si>
+  <si>
     <t>1.2.2020</t>
-  </si>
-[...4 lines deleted...]
-    <t>1.4.2022</t>
   </si>
   <si>
     <t>8.3.2019</t>
   </si>
   <si>
     <t>14.4.2018</t>
   </si>
   <si>
     <t>12.1.2018</t>
   </si>
   <si>
     <t>17.11.2017</t>
   </si>
   <si>
     <t>Pavel Dolinajec</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
     <t>17.2.2023</t>
   </si>
   <si>
     <t>4.11.2022</t>
   </si>
@@ -1574,227 +1577,227 @@
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>69</v>
       </c>
       <c r="E23" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="F23" s="6" t="s">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>71</v>
       </c>
       <c r="H23" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="I23" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="J23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K23" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="L23" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="L23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M23" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="N23" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="N23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O23" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="P23" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="P23" s="6" t="s">
+      <c r="Q23" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="Q23" s="6" t="s">
+      <c r="R23" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="R23" s="6" t="s">
+      <c r="S23" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="S23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T23" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="U23" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="U23" s="6" t="s">
+      <c r="V23" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="V23" s="6" t="s">
+      <c r="W23" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="W23" s="6" t="s">
+      <c r="X23" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="X23" s="6" t="s">
+      <c r="Y23" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="Y23" s="6" t="s">
+      <c r="Z23" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="Z23" s="6" t="s">
+      <c r="AA23" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="AA23" s="6" t="s">
+      <c r="AB23" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="AB23" s="6" t="s">
+      <c r="AC23" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="AC23" s="6" t="s">
+      <c r="AD23" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="AD23" s="6" t="s">
+      <c r="AE23" s="6" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>432</v>
+      </c>
+      <c r="D24" s="4">
         <v>434</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>416</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>414</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>387</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>406</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>428</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>375</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>407</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>387</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>375</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>361</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>383</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>397</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>388</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>375</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>432</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>404</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>400</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>385</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>368</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>408</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>360</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>399</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>430</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>380</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>382</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>367</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>393</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -1889,75 +1892,75 @@
       <c r="F27" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>56</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="7">
         <v>444</v>
       </c>
       <c r="D28" s="4">
         <v>463</v>
       </c>
       <c r="E28" s="4">
         <v>444</v>
       </c>
       <c r="F28" s="4">
         <v>434</v>
       </c>
       <c r="G28" s="4">
         <v>421</v>
       </c>
       <c r="H28" s="4">
         <v>452</v>
       </c>
       <c r="I28" s="4">
@@ -2048,239 +2051,239 @@
       </c>
       <c r="P29" s="6">
         <v>100</v>
       </c>
       <c r="Q29" s="6">
         <v>100</v>
       </c>
       <c r="R29" s="7">
         <v>120</v>
       </c>
       <c r="S29" s="6">
         <v>100</v>
       </c>
       <c r="T29" s="7">
         <v>120</v>
       </c>
       <c r="U29" s="7">
         <v>120</v>
       </c>
       <c r="V29" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>69</v>
       </c>
       <c r="E31" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="F31" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="F31" s="6" t="s">
+      <c r="G31" s="6" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I31" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="J31" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="J31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="K31" s="6" t="s">
+      <c r="L31" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="L31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M31" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="N31" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="N31" s="6" t="s">
+      <c r="O31" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="O31" s="6" t="s">
+      <c r="P31" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="P31" s="6" t="s">
+      <c r="Q31" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="Q31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R31" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="S31" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="T31" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="Y31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z31" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="AA31" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="AA31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB31" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="AC31" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="AD31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE31" s="6" t="s">
-        <v>75</v>
+        <v>88</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>48</v>
+        <v>76</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>419</v>
+      </c>
+      <c r="D32" s="4">
         <v>370</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>422</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>420</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>394</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>370</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>408</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>411</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>402</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>393</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>412</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>421</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>395</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>374</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>401</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>452</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>411</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>426</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>431</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>384</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>404</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>455</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>387</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>418</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>413</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>370</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>404</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>398</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>391</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -2336,141 +2339,141 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>40</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>43</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>44</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>45</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>13</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>50</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>17</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="AF35" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>401</v>
       </c>
       <c r="D36" s="4">
         <v>431</v>
       </c>
       <c r="E36" s="4">
         <v>461</v>
       </c>
       <c r="F36" s="4">
         <v>418</v>
       </c>
       <c r="G36" s="4">
         <v>387</v>
       </c>
       <c r="H36" s="4">
@@ -2624,75 +2627,75 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>38</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>20</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>28</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>30</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>53</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>54</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>57</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>58</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>59</v>
       </c>