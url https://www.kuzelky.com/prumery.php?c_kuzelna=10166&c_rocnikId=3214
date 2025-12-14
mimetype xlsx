--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -95,50 +95,53 @@
   <si>
     <t>29.11.2018</t>
   </si>
   <si>
     <t>8.11.2018</t>
   </si>
   <si>
     <t>23.10.2018</t>
   </si>
   <si>
     <t>27.9.2018</t>
   </si>
   <si>
     <t>13.9.2018</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Martin Bublák</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>19.9.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>18.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
@@ -174,53 +177,50 @@
     <t>1.3.2024</t>
   </si>
   <si>
     <t>16.2.2024</t>
   </si>
   <si>
     <t>12.1.2024</t>
   </si>
   <si>
     <t>1.12.2023</t>
   </si>
   <si>
     <t>10.11.2023</t>
   </si>
   <si>
     <t>27.10.2023</t>
   </si>
   <si>
     <t>20.10.2023</t>
   </si>
   <si>
     <t>6.10.2023</t>
   </si>
   <si>
     <t>22.9.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>15.9.2023</t>
   </si>
   <si>
     <t>Jiří Toman</t>
   </si>
   <si>
     <t>28.2.2019</t>
   </si>
   <si>
     <t>19.10.2018</t>
   </si>
   <si>
     <t>Martin Zimmermann</t>
   </si>
   <si>
     <t>1.3.2019</t>
   </si>
   <si>
     <t>8.2.2019</t>
   </si>
   <si>
     <t>18.1.2019</t>
   </si>
   <si>
     <t>6.4.2018</t>
   </si>
@@ -1052,206 +1052,206 @@
       <c r="D7" s="7" t="s">
         <v>28</v>
       </c>
       <c r="E7" s="7" t="s">
         <v>29</v>
       </c>
       <c r="F7" s="7" t="s">
         <v>30</v>
       </c>
       <c r="G7" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H7" s="7" t="s">
         <v>32</v>
       </c>
       <c r="I7" s="7" t="s">
         <v>33</v>
       </c>
       <c r="J7" s="7" t="s">
         <v>34</v>
       </c>
       <c r="K7" s="7" t="s">
         <v>35</v>
       </c>
       <c r="L7" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="M7" s="7" t="s">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="N7" s="7" t="s">
         <v>37</v>
       </c>
       <c r="O7" s="7" t="s">
         <v>38</v>
       </c>
       <c r="P7" s="7" t="s">
         <v>39</v>
       </c>
       <c r="Q7" s="7" t="s">
         <v>40</v>
       </c>
       <c r="R7" s="7" t="s">
         <v>41</v>
       </c>
       <c r="S7" s="7" t="s">
         <v>42</v>
       </c>
       <c r="T7" s="7" t="s">
         <v>43</v>
       </c>
       <c r="U7" s="7" t="s">
         <v>44</v>
       </c>
       <c r="V7" s="7" t="s">
         <v>45</v>
       </c>
       <c r="W7" s="7" t="s">
         <v>46</v>
       </c>
       <c r="X7" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="Y7" s="7" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="Z7" s="7" t="s">
         <v>48</v>
       </c>
       <c r="AA7" s="7" t="s">
         <v>49</v>
       </c>
       <c r="AB7" s="7" t="s">
         <v>50</v>
       </c>
       <c r="AC7" s="7" t="s">
         <v>51</v>
       </c>
       <c r="AD7" s="7" t="s">
         <v>52</v>
       </c>
       <c r="AE7" s="7" t="s">
         <v>53</v>
       </c>
       <c r="AF7" s="7" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="4">
+        <v>538</v>
+      </c>
+      <c r="D8" s="4">
         <v>550</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>556</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>553</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>565</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>567</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>529</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>538</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>536</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>524</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>591</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>525</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>508</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>580</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>591</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>520</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>555</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>557</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>530</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>539</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>522</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>548</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>571</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>537</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>568</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>544</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>560</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>579</v>
       </c>
       <c r="AE8" s="4">
         <v>579</v>
       </c>
       <c r="AF8" s="4">
-        <v>534</v>
+        <v>579</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="4">
         <v>120</v>
       </c>
       <c r="F9" s="4">
         <v>120</v>
       </c>
       <c r="G9" s="4">
         <v>120</v>
       </c>
       <c r="H9" s="4">
         <v>120</v>
       </c>
       <c r="I9" s="4">
@@ -1979,244 +1979,244 @@
       </c>
       <c r="H41" s="7">
         <v>100</v>
       </c>
       <c r="I41" s="7">
         <v>100</v>
       </c>
       <c r="J41" s="7">
         <v>100</v>
       </c>
       <c r="K41" s="7">
         <v>100</v>
       </c>
       <c r="L41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>79</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D43" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E43" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="E43" s="7" t="s">
+      <c r="F43" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="F43" s="7" t="s">
+      <c r="G43" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="G43" s="7" t="s">
+      <c r="H43" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="H43" s="7" t="s">
+      <c r="I43" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="I43" s="7" t="s">
+      <c r="J43" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="J43" s="7" t="s">
+      <c r="K43" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="K43" s="7" t="s">
+      <c r="L43" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="L43" s="7" t="s">
+      <c r="M43" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="M43" s="7" t="s">
+      <c r="N43" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="N43" s="7" t="s">
+      <c r="O43" s="7" t="s">
         <v>89</v>
       </c>
-      <c r="O43" s="7" t="s">
+      <c r="P43" s="7" t="s">
         <v>90</v>
       </c>
-      <c r="P43" s="7" t="s">
+      <c r="Q43" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="Q43" s="7" t="s">
+      <c r="R43" s="7" t="s">
         <v>92</v>
       </c>
-      <c r="R43" s="7" t="s">
+      <c r="S43" s="7" t="s">
         <v>93</v>
       </c>
-      <c r="S43" s="7" t="s">
+      <c r="T43" s="7" t="s">
         <v>94</v>
       </c>
-      <c r="T43" s="7" t="s">
+      <c r="U43" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="U43" s="7" t="s">
+      <c r="V43" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="V43" s="7" t="s">
+      <c r="W43" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="W43" s="7" t="s">
+      <c r="X43" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="X43" s="7" t="s">
+      <c r="Y43" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="Y43" s="7" t="s">
+      <c r="Z43" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="Z43" s="7" t="s">
+      <c r="AA43" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="AA43" s="7" t="s">
+      <c r="AB43" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="AB43" s="7" t="s">
+      <c r="AC43" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="AC43" s="7" t="s">
+      <c r="AD43" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="AD43" s="7" t="s">
+      <c r="AE43" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="AE43" s="7" t="s">
+      <c r="AF43" s="7" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C44" s="4">
+        <v>462</v>
+      </c>
+      <c r="D44" s="4">
         <v>471</v>
       </c>
-      <c r="D44" s="5">
+      <c r="E44" s="5">
         <v>401</v>
       </c>
-      <c r="E44" s="5">
+      <c r="F44" s="5">
         <v>436</v>
       </c>
-      <c r="F44" s="5">
+      <c r="G44" s="5">
         <v>386</v>
       </c>
-      <c r="G44" s="5">
+      <c r="H44" s="5">
         <v>428</v>
       </c>
-      <c r="H44" s="5">
+      <c r="I44" s="5">
         <v>446</v>
       </c>
-      <c r="I44" s="5">
+      <c r="J44" s="5">
         <v>414</v>
       </c>
-      <c r="J44" s="5">
+      <c r="K44" s="5">
         <v>421</v>
       </c>
-      <c r="K44" s="5">
+      <c r="L44" s="5">
         <v>402</v>
       </c>
-      <c r="L44" s="5">
+      <c r="M44" s="5">
         <v>429</v>
       </c>
-      <c r="M44" s="5">
+      <c r="N44" s="5">
         <v>400</v>
       </c>
-      <c r="N44" s="5">
+      <c r="O44" s="5">
         <v>405</v>
       </c>
-      <c r="O44" s="5">
+      <c r="P44" s="5">
         <v>387</v>
       </c>
-      <c r="P44" s="5">
+      <c r="Q44" s="5">
         <v>389</v>
       </c>
-      <c r="Q44" s="5">
+      <c r="R44" s="5">
         <v>405</v>
       </c>
-      <c r="R44" s="5">
+      <c r="S44" s="5">
         <v>430</v>
       </c>
-      <c r="S44" s="5">
+      <c r="T44" s="5">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
       <c r="U44" s="5">
         <v>399</v>
       </c>
       <c r="V44" s="5">
+        <v>399</v>
+      </c>
+      <c r="W44" s="5">
         <v>396</v>
       </c>
-      <c r="W44" s="5">
+      <c r="X44" s="5">
         <v>405</v>
       </c>
-      <c r="X44" s="5">
+      <c r="Y44" s="5">
         <v>400</v>
       </c>
-      <c r="Y44" s="5">
+      <c r="Z44" s="5">
         <v>359</v>
       </c>
-      <c r="Z44" s="5">
+      <c r="AA44" s="5">
         <v>398</v>
       </c>
-      <c r="AA44" s="4">
+      <c r="AB44" s="4">
         <v>462</v>
       </c>
-      <c r="AB44" s="5">
+      <c r="AC44" s="5">
         <v>388</v>
       </c>
-      <c r="AC44" s="5">
+      <c r="AD44" s="5">
         <v>428</v>
       </c>
-      <c r="AD44" s="5">
+      <c r="AE44" s="5">
         <v>398</v>
       </c>
-      <c r="AE44" s="5">
+      <c r="AF44" s="5">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C45" s="4">
         <v>120</v>
       </c>
-      <c r="D45" s="7">
-        <v>100</v>
+      <c r="D45" s="4">
+        <v>120</v>
       </c>
       <c r="E45" s="7">
         <v>100</v>
       </c>
       <c r="F45" s="7">
         <v>100</v>
       </c>
       <c r="G45" s="7">
         <v>100</v>
       </c>
       <c r="H45" s="7">
         <v>100</v>
       </c>
       <c r="I45" s="7">
         <v>100</v>
       </c>
       <c r="J45" s="7">
         <v>100</v>
       </c>
       <c r="K45" s="7">
         <v>100</v>
       </c>
       <c r="L45" s="7">
         <v>100</v>
       </c>
@@ -2240,67 +2240,67 @@
       </c>
       <c r="S45" s="7">
         <v>100</v>
       </c>
       <c r="T45" s="7">
         <v>100</v>
       </c>
       <c r="U45" s="7">
         <v>100</v>
       </c>
       <c r="V45" s="7">
         <v>100</v>
       </c>
       <c r="W45" s="7">
         <v>100</v>
       </c>
       <c r="X45" s="7">
         <v>100</v>
       </c>
       <c r="Y45" s="7">
         <v>100</v>
       </c>
       <c r="Z45" s="7">
         <v>100</v>
       </c>
-      <c r="AA45" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AA45" s="7">
+        <v>100</v>
+      </c>
+      <c r="AB45" s="4">
+        <v>120</v>
       </c>
       <c r="AC45" s="7">
         <v>100</v>
       </c>
       <c r="AD45" s="7">
         <v>100</v>
       </c>
       <c r="AE45" s="7">
         <v>100</v>
       </c>
-      <c r="AF45" s="4">
-        <v>120</v>
+      <c r="AF45" s="7">
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>20</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>22</v>
       </c>
       <c r="G47" s="7" t="s">
         <v>23</v>
       </c>
     </row>
@@ -2330,75 +2330,75 @@
       </c>
       <c r="C49" s="7">
         <v>100</v>
       </c>
       <c r="D49" s="7">
         <v>100</v>
       </c>
       <c r="E49" s="7">
         <v>100</v>
       </c>
       <c r="F49" s="7">
         <v>100</v>
       </c>
       <c r="G49" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F51" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G51" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H51" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I51" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J51" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K51" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L51" s="7" t="s">
         <v>99</v>
       </c>
       <c r="M51" s="7" t="s">
         <v>100</v>
       </c>
       <c r="N51" s="7" t="s">
         <v>101</v>
       </c>
       <c r="O51" s="7" t="s">
         <v>80</v>
       </c>
       <c r="P51" s="7" t="s">
         <v>81</v>
       </c>
       <c r="Q51" s="7" t="s">
         <v>102</v>
       </c>
       <c r="R51" s="7" t="s">
         <v>83</v>
       </c>
       <c r="S51" s="7" t="s">
         <v>84</v>
       </c>