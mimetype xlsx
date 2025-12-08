--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -23,50 +23,53 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Výsledky hráčů družstva KK Orel Ivančice na kuželně KK Orel Ivančice</t>
   </si>
   <si>
     <t>Vojtěch Šmarda</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>18.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
@@ -110,81 +113,78 @@
   <si>
     <t>27.10.2023</t>
   </si>
   <si>
     <t>20.10.2023</t>
   </si>
   <si>
     <t>6.10.2023</t>
   </si>
   <si>
     <t>22.9.2023</t>
   </si>
   <si>
     <t>15.9.2023</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
     <t>10.3.2023</t>
   </si>
   <si>
     <t>5.3.2023</t>
   </si>
   <si>
-    <t>24.2.2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Jan Svoboda</t>
   </si>
   <si>
     <t>19.9.2025</t>
   </si>
   <si>
     <t>22.11.2024</t>
   </si>
   <si>
     <t>14.11.2024</t>
   </si>
   <si>
     <t>4.10.2024</t>
   </si>
   <si>
     <t>1.3.2024</t>
   </si>
   <si>
+    <t>Adam Eliáš</t>
+  </si>
+  <si>
     <t>31.3.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adam Eliáš</t>
   </si>
   <si>
     <t>10.2.2023</t>
   </si>
   <si>
     <t>5.2.2023</t>
   </si>
   <si>
     <t>18.11.2022</t>
   </si>
   <si>
     <t>6.11.2022</t>
   </si>
   <si>
     <t>23.10.2022</t>
   </si>
   <si>
     <t>21.10.2022</t>
   </si>
   <si>
     <t>25.3.2022</t>
   </si>
   <si>
     <t>28.2.2022</t>
   </si>
@@ -769,138 +769,138 @@
       </c>
       <c r="AA3" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="7" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="7" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>529</v>
+      </c>
+      <c r="D4" s="4">
         <v>524</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>492</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>547</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>552</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>555</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>575</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>513</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>549</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>498</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>502</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>493</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>503</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>488</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>465</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>507</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>498</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>526</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>542</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>516</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>526</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>535</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>528</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>523</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>549</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>502</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>523</v>
       </c>
-      <c r="AC4" s="5">
+      <c r="AD4" s="5">
         <v>455</v>
       </c>
-      <c r="AD4" s="5">
+      <c r="AE4" s="5">
         <v>417</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>559</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
@@ -941,254 +941,254 @@
       </c>
       <c r="U5" s="4">
         <v>120</v>
       </c>
       <c r="V5" s="4">
         <v>120</v>
       </c>
       <c r="W5" s="4">
         <v>120</v>
       </c>
       <c r="X5" s="4">
         <v>120</v>
       </c>
       <c r="Y5" s="4">
         <v>120</v>
       </c>
       <c r="Z5" s="4">
         <v>120</v>
       </c>
       <c r="AA5" s="4">
         <v>120</v>
       </c>
       <c r="AB5" s="4">
         <v>120</v>
       </c>
-      <c r="AC5" s="7">
-        <v>100</v>
+      <c r="AC5" s="4">
+        <v>120</v>
       </c>
       <c r="AD5" s="7">
         <v>100</v>
       </c>
-      <c r="AE5" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AE5" s="7">
+        <v>100</v>
+      </c>
+      <c r="AF5" s="4">
+        <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E7" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F7" s="7" t="s">
         <v>6</v>
       </c>
       <c r="G7" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="H7" s="7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
       <c r="I7" s="7" t="s">
         <v>8</v>
       </c>
       <c r="J7" s="7" t="s">
         <v>9</v>
       </c>
       <c r="K7" s="7" t="s">
         <v>10</v>
       </c>
       <c r="L7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="M7" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="N7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="O7" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="P7" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="P7" s="7" t="s">
+      <c r="Q7" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="Q7" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R7" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="S7" s="7" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="T7" s="7" t="s">
         <v>17</v>
       </c>
       <c r="U7" s="7" t="s">
         <v>18</v>
       </c>
       <c r="V7" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="W7" s="7" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="X7" s="7" t="s">
         <v>20</v>
       </c>
       <c r="Y7" s="7" t="s">
         <v>21</v>
       </c>
       <c r="Z7" s="7" t="s">
         <v>22</v>
       </c>
       <c r="AA7" s="7" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="AB7" s="7" t="s">
         <v>25</v>
       </c>
       <c r="AC7" s="7" t="s">
         <v>26</v>
       </c>
       <c r="AD7" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AE7" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AF7" s="7" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>518</v>
+      </c>
+      <c r="D8" s="4">
         <v>522</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>521</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>516</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>545</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>530</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>527</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>466</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>535</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>491</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>531</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>513</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>518</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>552</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>495</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>548</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>524</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>562</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>543</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>541</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>497</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>567</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>522</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>535</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>561</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>518</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>571</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>500</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>551</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>510</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="4">
         <v>120</v>
       </c>
       <c r="D9" s="4">
         <v>120</v>
       </c>
       <c r="E9" s="4">
         <v>120</v>
       </c>
       <c r="F9" s="4">
         <v>120</v>
       </c>
       <c r="G9" s="4">
         <v>120</v>
       </c>
       <c r="H9" s="4">
         <v>120</v>
       </c>
       <c r="I9" s="4">
@@ -1238,126 +1238,126 @@
       </c>
       <c r="X9" s="4">
         <v>120</v>
       </c>
       <c r="Y9" s="4">
         <v>120</v>
       </c>
       <c r="Z9" s="4">
         <v>120</v>
       </c>
       <c r="AA9" s="4">
         <v>120</v>
       </c>
       <c r="AB9" s="4">
         <v>120</v>
       </c>
       <c r="AC9" s="4">
         <v>120</v>
       </c>
       <c r="AD9" s="4">
         <v>120</v>
       </c>
       <c r="AE9" s="4">
         <v>120</v>
       </c>
-      <c r="AF9" s="7">
-        <v>100</v>
+      <c r="AF9" s="4">
+        <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E11" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G11" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H11" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I11" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>37</v>
       </c>
       <c r="K11" s="7" t="s">
         <v>38</v>
       </c>
       <c r="L11" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="M11" s="7" t="s">
         <v>39</v>
       </c>
       <c r="N11" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="O11" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="P11" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q11" s="7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="R11" s="7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="S11" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="T11" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="U11" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="V11" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W11" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="X11" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Y11" s="7" t="s">
         <v>43</v>
       </c>
       <c r="Z11" s="7" t="s">
         <v>44</v>
       </c>
       <c r="AA11" s="7" t="s">
         <v>45</v>
       </c>
       <c r="AB11" s="7" t="s">
         <v>46</v>
       </c>
       <c r="AC11" s="7" t="s">
         <v>47</v>
       </c>
       <c r="AD11" s="7" t="s">
         <v>48</v>
       </c>
       <c r="AE11" s="7" t="s">
         <v>49</v>
       </c>
       <c r="AF11" s="7" t="s">
         <v>50</v>
       </c>