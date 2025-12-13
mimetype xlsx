--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -377,114 +377,114 @@
   <si>
     <t>23.10.2024</t>
   </si>
   <si>
     <t>9.10.2024</t>
   </si>
   <si>
     <t>25.9.2024</t>
   </si>
   <si>
     <t>3.4.2024</t>
   </si>
   <si>
     <t>13.3.2024</t>
   </si>
   <si>
     <t>28.2.2024</t>
   </si>
   <si>
     <t>14.2.2024</t>
   </si>
   <si>
     <t>Igor Sedlák</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>12.1.2024</t>
   </si>
   <si>
     <t>3.11.2023</t>
   </si>
   <si>
     <t>13.10.2023</t>
   </si>
   <si>
+    <t>Martin Gabrhel</t>
+  </si>
+  <si>
+    <t>31.1.2019</t>
+  </si>
+  <si>
+    <t>Vojtěch Stárek</t>
+  </si>
+  <si>
+    <t>7.10.2022</t>
+  </si>
+  <si>
+    <t>Marek Škrabal</t>
+  </si>
+  <si>
+    <t>6.10.2023</t>
+  </si>
+  <si>
+    <t>25.11.2022</t>
+  </si>
+  <si>
+    <t>18.11.2022</t>
+  </si>
+  <si>
+    <t>4.11.2022</t>
+  </si>
+  <si>
+    <t>22.9.2022</t>
+  </si>
+  <si>
+    <t>14.9.2022</t>
+  </si>
+  <si>
+    <t>18.2.2022</t>
+  </si>
+  <si>
+    <t>29.11.2019</t>
+  </si>
+  <si>
+    <t>18.10.2019</t>
+  </si>
+  <si>
+    <t>Lukáš Lehocký</t>
+  </si>
+  <si>
     <t>22.9.2023</t>
   </si>
   <si>
-    <t>Martin Gabrhel</t>
-[...43 lines deleted...]
-  <si>
     <t>31.3.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>17.3.2023</t>
   </si>
   <si>
     <t>Radim Kozumplík</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -3470,233 +3470,233 @@
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="4">
         <v>120</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>120</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="D47" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="D47" s="6" t="s">
+      <c r="E47" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E47" s="6" t="s">
+      <c r="F47" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="F47" s="6" t="s">
+      <c r="G47" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="G47" s="6" t="s">
+      <c r="H47" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="H47" s="6" t="s">
+      <c r="I47" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="I47" s="6" t="s">
+      <c r="J47" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="J47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K47" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="L47" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="L47" s="6" t="s">
+      <c r="M47" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="M47" s="6" t="s">
+      <c r="N47" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="N47" s="6" t="s">
+      <c r="O47" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="O47" s="6" t="s">
+      <c r="P47" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="P47" s="6" t="s">
+      <c r="Q47" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="Q47" s="6" t="s">
+      <c r="R47" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="R47" s="6" t="s">
+      <c r="S47" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="S47" s="6" t="s">
+      <c r="T47" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="T47" s="6" t="s">
+      <c r="U47" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="U47" s="6" t="s">
+      <c r="V47" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="V47" s="6" t="s">
+      <c r="W47" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="W47" s="6" t="s">
+      <c r="X47" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="X47" s="6" t="s">
+      <c r="Y47" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="Y47" s="6" t="s">
+      <c r="Z47" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="Z47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA47" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="AB47" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="AB47" s="6" t="s">
+      <c r="AC47" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="AC47" s="6" t="s">
+      <c r="AD47" s="6" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="AE47" s="6" t="s">
         <v>124</v>
       </c>
       <c r="AF47" s="6" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="7">
+        <v>456</v>
+      </c>
+      <c r="D48" s="7">
         <v>410</v>
       </c>
-      <c r="D48" s="7">
+      <c r="E48" s="7">
         <v>412</v>
       </c>
-      <c r="E48" s="7">
+      <c r="F48" s="7">
         <v>442</v>
       </c>
-      <c r="F48" s="7">
+      <c r="G48" s="7">
         <v>441</v>
       </c>
-      <c r="G48" s="7">
+      <c r="H48" s="7">
         <v>398</v>
       </c>
-      <c r="H48" s="7">
+      <c r="I48" s="7">
         <v>451</v>
       </c>
-      <c r="I48" s="7">
+      <c r="J48" s="7">
         <v>444</v>
       </c>
-      <c r="J48" s="7">
+      <c r="K48" s="7">
         <v>440</v>
       </c>
-      <c r="K48" s="7">
+      <c r="L48" s="7">
         <v>400</v>
       </c>
-      <c r="L48" s="7">
+      <c r="M48" s="7">
         <v>418</v>
       </c>
-      <c r="M48" s="7">
+      <c r="N48" s="7">
         <v>399</v>
       </c>
-      <c r="N48" s="7">
+      <c r="O48" s="7">
         <v>446</v>
       </c>
-      <c r="O48" s="7">
+      <c r="P48" s="7">
         <v>464</v>
       </c>
-      <c r="P48" s="7">
+      <c r="Q48" s="7">
         <v>454</v>
       </c>
-      <c r="Q48" s="7">
+      <c r="R48" s="7">
         <v>421</v>
       </c>
-      <c r="R48" s="4">
+      <c r="S48" s="4">
         <v>525</v>
       </c>
-      <c r="S48" s="7">
+      <c r="T48" s="7">
         <v>453</v>
       </c>
-      <c r="T48" s="7">
+      <c r="U48" s="7">
         <v>454</v>
       </c>
-      <c r="U48" s="4">
+      <c r="V48" s="4">
         <v>510</v>
       </c>
-      <c r="V48" s="4">
+      <c r="W48" s="4">
         <v>543</v>
       </c>
-      <c r="W48" s="4">
+      <c r="X48" s="4">
         <v>500</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Y48" s="4">
         <v>550</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="Z48" s="4">
         <v>537</v>
       </c>
-      <c r="Z48" s="4">
+      <c r="AA48" s="4">
         <v>502</v>
       </c>
-      <c r="AA48" s="4">
+      <c r="AB48" s="4">
         <v>532</v>
       </c>
-      <c r="AB48" s="4">
+      <c r="AC48" s="4">
         <v>536</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AD48" s="4">
         <v>547</v>
       </c>
-      <c r="AD48" s="4">
+      <c r="AE48" s="4">
         <v>536</v>
       </c>
-      <c r="AE48" s="4">
+      <c r="AF48" s="4">
         <v>582</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="6">
         <v>100</v>
       </c>
       <c r="D49" s="6">
         <v>100</v>
       </c>
       <c r="E49" s="6">
         <v>100</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
       <c r="G49" s="6">
         <v>100</v>
       </c>
       <c r="H49" s="6">
         <v>100</v>
       </c>
       <c r="I49" s="6">
@@ -3704,111 +3704,111 @@
       </c>
       <c r="J49" s="6">
         <v>100</v>
       </c>
       <c r="K49" s="6">
         <v>100</v>
       </c>
       <c r="L49" s="6">
         <v>100</v>
       </c>
       <c r="M49" s="6">
         <v>100</v>
       </c>
       <c r="N49" s="6">
         <v>100</v>
       </c>
       <c r="O49" s="6">
         <v>100</v>
       </c>
       <c r="P49" s="6">
         <v>100</v>
       </c>
       <c r="Q49" s="6">
         <v>100</v>
       </c>
-      <c r="R49" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="R49" s="6">
+        <v>100</v>
+      </c>
+      <c r="S49" s="4">
+        <v>120</v>
       </c>
       <c r="T49" s="6">
         <v>100</v>
       </c>
-      <c r="U49" s="4">
-        <v>120</v>
+      <c r="U49" s="6">
+        <v>100</v>
       </c>
       <c r="V49" s="4">
         <v>120</v>
       </c>
       <c r="W49" s="4">
         <v>120</v>
       </c>
       <c r="X49" s="4">
         <v>120</v>
       </c>
       <c r="Y49" s="4">
         <v>120</v>
       </c>
       <c r="Z49" s="4">
         <v>120</v>
       </c>
       <c r="AA49" s="4">
         <v>120</v>
       </c>
       <c r="AB49" s="4">
         <v>120</v>
       </c>
       <c r="AC49" s="4">
         <v>120</v>
       </c>
       <c r="AD49" s="4">
         <v>120</v>
       </c>
       <c r="AE49" s="4">
         <v>120</v>
       </c>
       <c r="AF49" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>126</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>116</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>118</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>53</v>
       </c>
       <c r="G51" s="6" t="s">
         <v>55</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>56</v>
       </c>
       <c r="I51" s="6" t="s">
         <v>57</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>78</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>79</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>64</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>127</v>
       </c>
@@ -4097,54 +4097,54 @@
       <c r="C59" s="6" t="s">
         <v>109</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E59" s="6" t="s">
         <v>112</v>
       </c>
       <c r="F59" s="6" t="s">
         <v>88</v>
       </c>
       <c r="G59" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H59" s="6" t="s">
         <v>89</v>
       </c>
       <c r="I59" s="6" t="s">
         <v>48</v>
       </c>
       <c r="J59" s="6" t="s">
         <v>49</v>
       </c>
       <c r="K59" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M59" s="6" t="s">
         <v>131</v>
       </c>
       <c r="N59" s="6" t="s">
         <v>52</v>
       </c>
       <c r="O59" s="6" t="s">
         <v>56</v>
       </c>
       <c r="P59" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Q59" s="6" t="s">
         <v>132</v>
       </c>
       <c r="R59" s="6" t="s">
         <v>133</v>
       </c>
       <c r="S59" s="6" t="s">
         <v>134</v>
       </c>
       <c r="T59" s="6" t="s">
         <v>129</v>
       </c>
@@ -4307,233 +4307,233 @@
       </c>
       <c r="V61" s="4">
         <v>120</v>
       </c>
       <c r="W61" s="6">
         <v>100</v>
       </c>
       <c r="X61" s="6">
         <v>100</v>
       </c>
       <c r="Y61" s="6">
         <v>100</v>
       </c>
       <c r="Z61" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:32">
       <c r="A63" s="2" t="s">
         <v>140</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C63" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="D63" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="D63" s="6" t="s">
+      <c r="E63" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E63" s="6" t="s">
+      <c r="F63" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="F63" s="6" t="s">
+      <c r="G63" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="G63" s="6" t="s">
+      <c r="H63" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="H63" s="6" t="s">
+      <c r="I63" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="I63" s="6" t="s">
+      <c r="J63" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="J63" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K63" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="L63" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="L63" s="6" t="s">
+      <c r="M63" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="M63" s="6" t="s">
+      <c r="N63" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="N63" s="6" t="s">
+      <c r="O63" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="O63" s="6" t="s">
+      <c r="P63" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="P63" s="6" t="s">
+      <c r="Q63" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="Q63" s="6" t="s">
+      <c r="R63" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="R63" s="6" t="s">
+      <c r="S63" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="S63" s="6" t="s">
+      <c r="T63" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="T63" s="6" t="s">
+      <c r="U63" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="U63" s="6" t="s">
+      <c r="V63" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="V63" s="6" t="s">
+      <c r="W63" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="W63" s="6" t="s">
+      <c r="X63" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="X63" s="6" t="s">
+      <c r="Y63" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="Y63" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z63" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="AA63" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="AA63" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB63" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="AC63" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="AC63" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD63" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="AE63" s="6" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="AF63" s="6" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="64" spans="1:32">
       <c r="B64" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C64" s="7">
+        <v>446</v>
+      </c>
+      <c r="D64" s="7">
         <v>464</v>
       </c>
-      <c r="D64" s="7">
+      <c r="E64" s="7">
         <v>474</v>
       </c>
-      <c r="E64" s="7">
+      <c r="F64" s="7">
         <v>445</v>
       </c>
-      <c r="F64" s="7">
+      <c r="G64" s="7">
         <v>433</v>
       </c>
-      <c r="G64" s="7">
+      <c r="H64" s="7">
         <v>438</v>
       </c>
-      <c r="H64" s="7">
+      <c r="I64" s="7">
         <v>437</v>
       </c>
-      <c r="I64" s="7">
+      <c r="J64" s="7">
         <v>476</v>
       </c>
-      <c r="J64" s="7">
+      <c r="K64" s="7">
         <v>450</v>
       </c>
-      <c r="K64" s="7">
+      <c r="L64" s="7">
         <v>437</v>
       </c>
-      <c r="L64" s="7">
+      <c r="M64" s="7">
         <v>435</v>
       </c>
-      <c r="M64" s="7">
+      <c r="N64" s="7">
         <v>446</v>
       </c>
-      <c r="N64" s="7">
+      <c r="O64" s="7">
         <v>428</v>
       </c>
-      <c r="O64" s="7">
+      <c r="P64" s="7">
         <v>456</v>
       </c>
-      <c r="P64" s="7">
+      <c r="Q64" s="7">
         <v>408</v>
       </c>
-      <c r="Q64" s="7">
+      <c r="R64" s="7">
         <v>454</v>
       </c>
-      <c r="R64" s="7">
+      <c r="S64" s="7">
         <v>420</v>
       </c>
-      <c r="S64" s="7">
+      <c r="T64" s="7">
         <v>451</v>
       </c>
-      <c r="T64" s="4">
+      <c r="U64" s="4">
         <v>592</v>
       </c>
-      <c r="U64" s="4">
+      <c r="V64" s="4">
         <v>533</v>
       </c>
-      <c r="V64" s="4">
+      <c r="W64" s="4">
         <v>524</v>
       </c>
-      <c r="W64" s="4">
+      <c r="X64" s="4">
         <v>518</v>
       </c>
-      <c r="X64" s="4">
+      <c r="Y64" s="4">
         <v>537</v>
       </c>
-      <c r="Y64" s="4">
+      <c r="Z64" s="4">
         <v>506</v>
       </c>
-      <c r="Z64" s="4">
+      <c r="AA64" s="4">
         <v>564</v>
       </c>
-      <c r="AA64" s="4">
+      <c r="AB64" s="4">
         <v>550</v>
       </c>
-      <c r="AB64" s="4">
+      <c r="AC64" s="4">
         <v>553</v>
       </c>
-      <c r="AC64" s="4">
+      <c r="AD64" s="4">
         <v>493</v>
       </c>
-      <c r="AD64" s="4">
+      <c r="AE64" s="4">
         <v>518</v>
       </c>
-      <c r="AE64" s="7">
+      <c r="AF64" s="7">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="65" spans="1:32">
       <c r="B65" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C65" s="6">
         <v>100</v>
       </c>
       <c r="D65" s="6">
         <v>100</v>
       </c>
       <c r="E65" s="6">
         <v>100</v>
       </c>
       <c r="F65" s="6">
         <v>100</v>
       </c>
       <c r="G65" s="6">
         <v>100</v>
       </c>
       <c r="H65" s="6">
         <v>100</v>
       </c>
       <c r="I65" s="6">
@@ -4547,325 +4547,325 @@
       </c>
       <c r="L65" s="6">
         <v>100</v>
       </c>
       <c r="M65" s="6">
         <v>100</v>
       </c>
       <c r="N65" s="6">
         <v>100</v>
       </c>
       <c r="O65" s="6">
         <v>100</v>
       </c>
       <c r="P65" s="6">
         <v>100</v>
       </c>
       <c r="Q65" s="6">
         <v>100</v>
       </c>
       <c r="R65" s="6">
         <v>100</v>
       </c>
       <c r="S65" s="6">
         <v>100</v>
       </c>
-      <c r="T65" s="4">
-        <v>120</v>
+      <c r="T65" s="6">
+        <v>100</v>
       </c>
       <c r="U65" s="4">
         <v>120</v>
       </c>
       <c r="V65" s="4">
         <v>120</v>
       </c>
       <c r="W65" s="4">
         <v>120</v>
       </c>
       <c r="X65" s="4">
         <v>120</v>
       </c>
       <c r="Y65" s="4">
         <v>120</v>
       </c>
       <c r="Z65" s="4">
         <v>120</v>
       </c>
       <c r="AA65" s="4">
         <v>120</v>
       </c>
       <c r="AB65" s="4">
         <v>120</v>
       </c>
       <c r="AC65" s="4">
         <v>120</v>
       </c>
       <c r="AD65" s="4">
         <v>120</v>
       </c>
-      <c r="AE65" s="6">
-        <v>100</v>
+      <c r="AE65" s="4">
+        <v>120</v>
       </c>
       <c r="AF65" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:32">
       <c r="A67" s="2" t="s">
         <v>143</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C67" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="D67" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="D67" s="6" t="s">
+      <c r="E67" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E67" s="6" t="s">
+      <c r="F67" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="F67" s="6" t="s">
+      <c r="G67" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="G67" s="6" t="s">
+      <c r="H67" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="H67" s="6" t="s">
+      <c r="I67" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="I67" s="6" t="s">
+      <c r="J67" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="J67" s="6" t="s">
+      <c r="K67" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="K67" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L67" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="M67" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="M67" s="6" t="s">
+      <c r="N67" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="N67" s="6" t="s">
+      <c r="O67" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="O67" s="6" t="s">
+      <c r="P67" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="P67" s="6" t="s">
+      <c r="Q67" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="Q67" s="6" t="s">
+      <c r="R67" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="R67" s="6" t="s">
+      <c r="S67" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="S67" s="6" t="s">
+      <c r="T67" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="T67" s="6" t="s">
+      <c r="U67" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="U67" s="6" t="s">
+      <c r="V67" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="V67" s="6" t="s">
+      <c r="W67" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="W67" s="6" t="s">
+      <c r="X67" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="X67" s="6" t="s">
+      <c r="Y67" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="Y67" s="6" t="s">
+      <c r="Z67" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="Z67" s="6" t="s">
+      <c r="AA67" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="AA67" s="6" t="s">
+      <c r="AB67" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="AB67" s="6" t="s">
+      <c r="AC67" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="AC67" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD67" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="AE67" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="AE67" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF67" s="6" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
     </row>
     <row r="68" spans="1:32">
       <c r="B68" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C68" s="7">
+        <v>461</v>
+      </c>
+      <c r="D68" s="7">
         <v>460</v>
       </c>
-      <c r="D68" s="7">
+      <c r="E68" s="7">
         <v>451</v>
       </c>
-      <c r="E68" s="7">
+      <c r="F68" s="7">
         <v>480</v>
       </c>
-      <c r="F68" s="7">
+      <c r="G68" s="7">
         <v>449</v>
       </c>
-      <c r="G68" s="4">
+      <c r="H68" s="4">
         <v>523</v>
       </c>
-      <c r="H68" s="7">
+      <c r="I68" s="7">
         <v>431</v>
       </c>
-      <c r="I68" s="7">
+      <c r="J68" s="7">
         <v>397</v>
       </c>
-      <c r="J68" s="7">
+      <c r="K68" s="7">
         <v>532</v>
       </c>
-      <c r="K68" s="7">
+      <c r="L68" s="7">
         <v>481</v>
       </c>
-      <c r="L68" s="7">
+      <c r="M68" s="7">
         <v>456</v>
       </c>
-      <c r="M68" s="7">
+      <c r="N68" s="7">
         <v>453</v>
       </c>
-      <c r="N68" s="7">
+      <c r="O68" s="7">
         <v>472</v>
       </c>
-      <c r="O68" s="4">
+      <c r="P68" s="4">
         <v>516</v>
       </c>
-      <c r="P68" s="4">
+      <c r="Q68" s="4">
         <v>556</v>
       </c>
-      <c r="Q68" s="4">
+      <c r="R68" s="4">
         <v>567</v>
       </c>
-      <c r="R68" s="4">
+      <c r="S68" s="4">
         <v>515</v>
       </c>
-      <c r="S68" s="4">
+      <c r="T68" s="4">
         <v>549</v>
       </c>
-      <c r="T68" s="4">
+      <c r="U68" s="4">
         <v>564</v>
       </c>
-      <c r="U68" s="4">
+      <c r="V68" s="4">
         <v>568</v>
       </c>
-      <c r="V68" s="4">
+      <c r="W68" s="4">
         <v>584</v>
       </c>
-      <c r="W68" s="4">
+      <c r="X68" s="4">
         <v>541</v>
       </c>
-      <c r="X68" s="4">
+      <c r="Y68" s="4">
         <v>527</v>
       </c>
-      <c r="Y68" s="4">
+      <c r="Z68" s="4">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
       <c r="AA68" s="4">
         <v>542</v>
       </c>
       <c r="AB68" s="4">
+        <v>542</v>
+      </c>
+      <c r="AC68" s="4">
         <v>606</v>
       </c>
-      <c r="AC68" s="4">
+      <c r="AD68" s="4">
         <v>576</v>
       </c>
-      <c r="AD68" s="4">
+      <c r="AE68" s="4">
         <v>524</v>
       </c>
-      <c r="AE68" s="4">
+      <c r="AF68" s="4">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="69" spans="1:32">
       <c r="B69" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C69" s="6">
         <v>100</v>
       </c>
       <c r="D69" s="6">
         <v>100</v>
       </c>
       <c r="E69" s="6">
         <v>100</v>
       </c>
       <c r="F69" s="6">
         <v>100</v>
       </c>
-      <c r="G69" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="G69" s="6">
+        <v>100</v>
+      </c>
+      <c r="H69" s="4">
+        <v>120</v>
       </c>
       <c r="I69" s="6">
         <v>100</v>
       </c>
       <c r="J69" s="6">
         <v>100</v>
       </c>
       <c r="K69" s="6">
         <v>100</v>
       </c>
       <c r="L69" s="6">
         <v>100</v>
       </c>
       <c r="M69" s="6">
         <v>100</v>
       </c>
       <c r="N69" s="6">
         <v>100</v>
       </c>
-      <c r="O69" s="4">
-        <v>120</v>
+      <c r="O69" s="6">
+        <v>100</v>
       </c>
       <c r="P69" s="4">
         <v>120</v>
       </c>
       <c r="Q69" s="4">
         <v>120</v>
       </c>
       <c r="R69" s="4">
         <v>120</v>
       </c>
       <c r="S69" s="4">
         <v>120</v>
       </c>
       <c r="T69" s="4">
         <v>120</v>
       </c>
       <c r="U69" s="4">
         <v>120</v>
       </c>
       <c r="V69" s="4">
         <v>120</v>
       </c>
       <c r="W69" s="4">
         <v>120</v>
       </c>