--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -155,50 +155,53 @@
   <si>
     <t>16.2.2024</t>
   </si>
   <si>
     <t>27.10.2023</t>
   </si>
   <si>
     <t>20.10.2023</t>
   </si>
   <si>
     <t>29.9.2023</t>
   </si>
   <si>
     <t>15.9.2023</t>
   </si>
   <si>
     <t>Petr Trusina</t>
   </si>
   <si>
     <t>Radim Máca</t>
   </si>
   <si>
     <t>Libuše Janková</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>26.11.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>29.10.2025</t>
   </si>
   <si>
     <t>8.10.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
     <t>4.12.2024</t>
   </si>
   <si>
     <t>29.11.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>25.10.2024</t>
@@ -237,53 +240,50 @@
     <t>1.11.2023</t>
   </si>
   <si>
     <t>11.10.2023</t>
   </si>
   <si>
     <t>27.9.2023</t>
   </si>
   <si>
     <t>12.4.2023</t>
   </si>
   <si>
     <t>22.3.2023</t>
   </si>
   <si>
     <t>8.3.2023</t>
   </si>
   <si>
     <t>2.3.2023</t>
   </si>
   <si>
     <t>15.2.2023</t>
   </si>
   <si>
     <t>1.2.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>30.11.2022</t>
   </si>
   <si>
     <t>Marek Rozsíval</t>
   </si>
   <si>
     <t>Petr Berka</t>
   </si>
   <si>
     <t>15.11.2023</t>
   </si>
   <si>
     <t>8.11.2023</t>
   </si>
   <si>
     <t>24.3.2023</t>
   </si>
   <si>
     <t>11.11.2022</t>
   </si>
   <si>
     <t>21.10.2022</t>
   </si>
   <si>
     <t>30.9.2022</t>
   </si>
@@ -1994,54 +1994,54 @@
       <c r="H19" s="6" t="s">
         <v>52</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>53</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>54</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>56</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>57</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>59</v>
       </c>
       <c r="P19" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q19" s="6" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>61</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>62</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>63</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>64</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>65</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>66</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>67</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>68</v>
       </c>
@@ -2050,188 +2050,188 @@
       </c>
       <c r="AA19" s="6" t="s">
         <v>70</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>71</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>72</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>73</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>74</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="7">
+        <v>413</v>
+      </c>
+      <c r="D20" s="7">
         <v>399</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>404</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>401</v>
       </c>
-      <c r="F20" s="7">
+      <c r="G20" s="7">
         <v>429</v>
       </c>
-      <c r="G20" s="7">
+      <c r="H20" s="7">
         <v>388</v>
       </c>
-      <c r="H20" s="7">
+      <c r="I20" s="7">
         <v>434</v>
       </c>
-      <c r="I20" s="7">
+      <c r="J20" s="7">
         <v>415</v>
       </c>
-      <c r="J20" s="7">
+      <c r="K20" s="7">
         <v>446</v>
       </c>
-      <c r="K20" s="7">
+      <c r="L20" s="7">
         <v>425</v>
       </c>
-      <c r="L20" s="7">
+      <c r="M20" s="7">
         <v>449</v>
       </c>
-      <c r="M20" s="7">
+      <c r="N20" s="7">
         <v>401</v>
       </c>
-      <c r="N20" s="7">
+      <c r="O20" s="7">
         <v>436</v>
       </c>
-      <c r="O20" s="7">
+      <c r="P20" s="7">
         <v>426</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>528</v>
       </c>
-      <c r="Q20" s="7">
+      <c r="R20" s="7">
         <v>421</v>
       </c>
-      <c r="R20" s="7">
+      <c r="S20" s="7">
         <v>408</v>
       </c>
-      <c r="S20" s="7">
+      <c r="T20" s="7">
         <v>393</v>
       </c>
-      <c r="T20" s="7">
+      <c r="U20" s="7">
         <v>445</v>
       </c>
-      <c r="U20" s="7">
+      <c r="V20" s="7">
         <v>344</v>
       </c>
-      <c r="V20" s="7">
+      <c r="W20" s="7">
         <v>429</v>
       </c>
-      <c r="W20" s="7">
+      <c r="X20" s="7">
         <v>442</v>
       </c>
-      <c r="X20" s="7">
+      <c r="Y20" s="7">
         <v>396</v>
       </c>
-      <c r="Y20" s="7">
+      <c r="Z20" s="7">
         <v>393</v>
       </c>
-      <c r="Z20" s="7">
+      <c r="AA20" s="7">
         <v>413</v>
       </c>
-      <c r="AA20" s="7">
+      <c r="AB20" s="7">
         <v>381</v>
       </c>
-      <c r="AB20" s="7">
+      <c r="AC20" s="7">
         <v>417</v>
       </c>
-      <c r="AC20" s="7">
+      <c r="AD20" s="7">
         <v>429</v>
       </c>
-      <c r="AD20" s="7">
+      <c r="AE20" s="7">
         <v>400</v>
       </c>
-      <c r="AE20" s="7">
+      <c r="AF20" s="7">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
         <v>100</v>
       </c>
       <c r="J21" s="6">
         <v>100</v>
       </c>
       <c r="K21" s="6">
         <v>100</v>
       </c>
       <c r="L21" s="6">
         <v>100</v>
       </c>
       <c r="M21" s="6">
         <v>100</v>
       </c>
       <c r="N21" s="6">
         <v>100</v>
       </c>
       <c r="O21" s="6">
         <v>100</v>
       </c>
-      <c r="P21" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="P21" s="6">
+        <v>100</v>
+      </c>
+      <c r="Q21" s="4">
+        <v>120</v>
       </c>
       <c r="R21" s="6">
         <v>100</v>
       </c>
       <c r="S21" s="6">
         <v>100</v>
       </c>
       <c r="T21" s="6">
         <v>100</v>
       </c>
       <c r="U21" s="6">
         <v>100</v>
       </c>
       <c r="V21" s="6">
         <v>100</v>
       </c>
       <c r="W21" s="6">
         <v>100</v>
       </c>
       <c r="X21" s="6">
         <v>100</v>
       </c>
       <c r="Y21" s="6">
         <v>100</v>
       </c>
@@ -2531,81 +2531,81 @@
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>77</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>78</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>79</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>80</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>81</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>82</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>83</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>84</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>85</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>86</v>
       </c>