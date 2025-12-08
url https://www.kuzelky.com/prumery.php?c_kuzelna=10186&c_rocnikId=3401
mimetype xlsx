--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -293,50 +293,53 @@
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>22.10.2022</t>
   </si>
   <si>
     <t>1.10.2022</t>
   </si>
   <si>
     <t>17.9.2022</t>
   </si>
   <si>
     <t>6.4.2019</t>
   </si>
   <si>
     <t>Ivana Bartošová</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
@@ -347,111 +350,108 @@
   <si>
     <t>9.11.2024</t>
   </si>
   <si>
     <t>12.10.2024</t>
   </si>
   <si>
     <t>6.4.2024</t>
   </si>
   <si>
     <t>26.3.2024</t>
   </si>
   <si>
     <t>16.3.2024</t>
   </si>
   <si>
     <t>15.10.2023</t>
   </si>
   <si>
     <t>19.2.2022</t>
   </si>
   <si>
     <t>4.12.2021</t>
   </si>
   <si>
-    <t>12.9.2020</t>
-[...1 lines deleted...]
-  <si>
     <t>Robert Stejskal</t>
   </si>
   <si>
     <t>Rudolf Fojtík</t>
   </si>
   <si>
     <t>27.11.2025</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>7.10.2025</t>
   </si>
   <si>
     <t>12.4.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>8.2.2025</t>
   </si>
   <si>
     <t>19.10.2024</t>
   </si>
   <si>
     <t>21.9.2024</t>
   </si>
   <si>
     <t>28.10.2023</t>
   </si>
   <si>
     <t>12.3.2022</t>
   </si>
   <si>
+    <t>Robert Řihák</t>
+  </si>
+  <si>
+    <t>13.4.2024</t>
+  </si>
+  <si>
+    <t>13.1.2024</t>
+  </si>
+  <si>
+    <t>18.11.2023</t>
+  </si>
+  <si>
+    <t>24.9.2022</t>
+  </si>
+  <si>
     <t>12.2.2022</t>
-  </si>
-[...13 lines deleted...]
-    <t>24.9.2022</t>
   </si>
   <si>
     <t>27.11.2021</t>
   </si>
   <si>
     <t>13.11.2021</t>
   </si>
   <si>
     <t>23.10.2021</t>
   </si>
   <si>
     <t>16.10.2021</t>
   </si>
   <si>
     <t>19.9.2021</t>
   </si>
   <si>
     <t>26.9.2020</t>
   </si>
   <si>
     <t>22.2.2020</t>
   </si>
   <si>
     <t>Petr Hanousek</t>
   </si>
@@ -1928,185 +1928,185 @@
       <c r="K19" s="7" t="s">
         <v>101</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>102</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>103</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>104</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>105</v>
       </c>
       <c r="P19" s="7" t="s">
         <v>106</v>
       </c>
       <c r="Q19" s="7" t="s">
         <v>107</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>108</v>
       </c>
       <c r="S19" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="T19" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="T19" s="7" t="s">
+      <c r="U19" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="U19" s="7" t="s">
+      <c r="V19" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="V19" s="7" t="s">
+      <c r="W19" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="W19" s="7" t="s">
+      <c r="X19" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="X19" s="7" t="s">
+      <c r="Y19" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="Y19" s="7" t="s">
+      <c r="Z19" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="Z19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA19" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="AB19" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="AB19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC19" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="AD19" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="AD19" s="7" t="s">
+      <c r="AE19" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="AE19" s="7" t="s">
+      <c r="AF19" s="7" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C20" s="4">
+        <v>341</v>
+      </c>
+      <c r="D20" s="4">
         <v>381</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>420</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>380</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>396</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>433</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
       <c r="J20" s="4">
         <v>405</v>
       </c>
       <c r="K20" s="4">
+        <v>405</v>
+      </c>
+      <c r="L20" s="4">
         <v>419</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>383</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>391</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>431</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>428</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>405</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>428</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>342</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>404</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>415</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>441</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>453</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>405</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>408</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>430</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>436</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>383</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>402</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>379</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>390</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C21" s="7">
         <v>100</v>
       </c>
       <c r="D21" s="7">
         <v>100</v>
       </c>
       <c r="E21" s="7">
         <v>100</v>
       </c>
       <c r="F21" s="7">
         <v>100</v>
       </c>
       <c r="G21" s="7">
         <v>100</v>
       </c>
       <c r="H21" s="7">
         <v>100</v>
       </c>
       <c r="I21" s="7">
@@ -2186,233 +2186,233 @@
       <c r="A23" s="2" t="s">
         <v>112</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="D27" s="7" t="s">
         <v>114</v>
       </c>
-      <c r="D27" s="7" t="s">
+      <c r="E27" s="7" t="s">
         <v>115</v>
       </c>
-      <c r="E27" s="7" t="s">
+      <c r="F27" s="7" t="s">
         <v>116</v>
       </c>
-      <c r="F27" s="7" t="s">
+      <c r="G27" s="7" t="s">
         <v>117</v>
       </c>
-      <c r="G27" s="7" t="s">
+      <c r="H27" s="7" t="s">
         <v>118</v>
       </c>
-      <c r="H27" s="7" t="s">
+      <c r="I27" s="7" t="s">
         <v>119</v>
       </c>
-      <c r="I27" s="7" t="s">
+      <c r="J27" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="J27" s="7" t="s">
+      <c r="K27" s="7" t="s">
         <v>120</v>
       </c>
-      <c r="K27" s="7" t="s">
+      <c r="L27" s="7" t="s">
         <v>121</v>
       </c>
-      <c r="L27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M27" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="N27" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="N27" s="7" t="s">
+      <c r="O27" s="7" t="s">
         <v>122</v>
       </c>
-      <c r="O27" s="7" t="s">
+      <c r="P27" s="7" t="s">
         <v>123</v>
       </c>
-      <c r="P27" s="7" t="s">
+      <c r="Q27" s="7" t="s">
         <v>124</v>
       </c>
-      <c r="Q27" s="7" t="s">
+      <c r="R27" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="R27" s="7" t="s">
+      <c r="S27" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="S27" s="7" t="s">
+      <c r="T27" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="T27" s="7" t="s">
+      <c r="U27" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="U27" s="7" t="s">
+      <c r="V27" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="V27" s="7" t="s">
+      <c r="W27" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="W27" s="7" t="s">
+      <c r="X27" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="X27" s="7" t="s">
+      <c r="Y27" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="Y27" s="7" t="s">
+      <c r="Z27" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="Z27" s="7" t="s">
+      <c r="AA27" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="AA27" s="7" t="s">
+      <c r="AB27" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="AB27" s="7" t="s">
+      <c r="AC27" s="7" t="s">
         <v>89</v>
       </c>
-      <c r="AC27" s="7" t="s">
+      <c r="AD27" s="7" t="s">
         <v>90</v>
       </c>
-      <c r="AD27" s="7" t="s">
+      <c r="AE27" s="7" t="s">
         <v>125</v>
       </c>
-      <c r="AE27" s="7" t="s">
+      <c r="AF27" s="7" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="4">
+        <v>427</v>
+      </c>
+      <c r="D28" s="4">
         <v>424</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>437</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>455</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>479</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>430</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>447</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>445</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>442</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>450</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>410</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>454</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>458</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>466</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>430</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>451</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>447</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>458</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>439</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>438</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>426</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>480</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>427</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>452</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>453</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>487</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
       <c r="AD28" s="4">
         <v>444</v>
       </c>
       <c r="AE28" s="4">
+        <v>444</v>
+      </c>
+      <c r="AF28" s="4">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="7">
         <v>100</v>
       </c>
       <c r="D29" s="7">
         <v>100</v>
       </c>
       <c r="E29" s="7">
         <v>100</v>
       </c>
       <c r="F29" s="7">
         <v>100</v>
       </c>
       <c r="G29" s="7">
         <v>100</v>
       </c>
       <c r="H29" s="7">
         <v>100</v>
       </c>
       <c r="I29" s="7">
@@ -2468,120 +2468,120 @@
       </c>
       <c r="Z29" s="7">
         <v>100</v>
       </c>
       <c r="AA29" s="7">
         <v>100</v>
       </c>
       <c r="AB29" s="7">
         <v>100</v>
       </c>
       <c r="AC29" s="7">
         <v>100</v>
       </c>
       <c r="AD29" s="7">
         <v>100</v>
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>56</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>57</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>59</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>60</v>
       </c>
       <c r="I31" s="7" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>62</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>81</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>63</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>64</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>65</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>66</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>67</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>68</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>70</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>71</v>
       </c>
       <c r="T31" s="7" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="U31" s="7" t="s">
         <v>125</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>73</v>
       </c>
       <c r="W31" s="7" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="X31" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Y31" s="7" t="s">
         <v>132</v>
       </c>
       <c r="Z31" s="7" t="s">
         <v>133</v>
       </c>
       <c r="AA31" s="7" t="s">
         <v>134</v>
       </c>
       <c r="AB31" s="7" t="s">
         <v>135</v>
       </c>
       <c r="AC31" s="7" t="s">
         <v>136</v>
       </c>
       <c r="AD31" s="7" t="s">
         <v>137</v>
       </c>
       <c r="AE31" s="7" t="s">
         <v>38</v>
       </c>
       <c r="AF31" s="7" t="s">
         <v>138</v>
       </c>
@@ -2771,111 +2771,111 @@
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>139</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>51</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>53</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>117</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>140</v>
       </c>
       <c r="I35" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>141</v>
       </c>
       <c r="K35" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>142</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>143</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>144</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>145</v>
       </c>
       <c r="P35" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Q35" s="7" t="s">
         <v>81</v>
       </c>
       <c r="R35" s="7" t="s">
         <v>66</v>
       </c>
       <c r="S35" s="7" t="s">
         <v>68</v>
       </c>
       <c r="T35" s="7" t="s">
         <v>69</v>
       </c>
       <c r="U35" s="7" t="s">
         <v>70</v>
       </c>
       <c r="V35" s="7" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="W35" s="7" t="s">
         <v>72</v>
       </c>
       <c r="X35" s="7" t="s">
         <v>73</v>
       </c>
       <c r="Y35" s="7" t="s">
         <v>74</v>
       </c>
       <c r="Z35" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="AA35" s="7" t="s">
         <v>36</v>
       </c>
       <c r="AB35" s="7" t="s">
         <v>76</v>
       </c>
       <c r="AC35" s="7" t="s">
         <v>146</v>
       </c>
       <c r="AD35" s="7" t="s">
         <v>138</v>
       </c>
       <c r="AE35" s="7" t="s">
         <v>147</v>
       </c>
       <c r="AF35" s="7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C36" s="4">
@@ -3092,99 +3092,99 @@
       <c r="C43" s="7" t="s">
         <v>51</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>52</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>53</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>117</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>118</v>
       </c>
       <c r="H43" s="7" t="s">
         <v>54</v>
       </c>
       <c r="I43" s="7" t="s">
         <v>150</v>
       </c>
       <c r="J43" s="7" t="s">
         <v>120</v>
       </c>
       <c r="K43" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="L43" s="7" t="s">
         <v>55</v>
       </c>
       <c r="M43" s="7" t="s">
         <v>123</v>
       </c>
       <c r="N43" s="7" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="O43" s="7" t="s">
         <v>56</v>
       </c>
       <c r="P43" s="7" t="s">
         <v>57</v>
       </c>
       <c r="Q43" s="7" t="s">
         <v>58</v>
       </c>
       <c r="R43" s="7" t="s">
         <v>81</v>
       </c>
       <c r="S43" s="7" t="s">
         <v>63</v>
       </c>
       <c r="T43" s="7" t="s">
         <v>64</v>
       </c>
       <c r="U43" s="7" t="s">
         <v>65</v>
       </c>
       <c r="V43" s="7" t="s">
         <v>67</v>
       </c>
       <c r="W43" s="7" t="s">
         <v>68</v>
       </c>
       <c r="X43" s="7" t="s">
         <v>69</v>
       </c>
       <c r="Y43" s="7" t="s">
         <v>70</v>
       </c>
       <c r="Z43" s="7" t="s">
         <v>71</v>
       </c>
       <c r="AA43" s="7" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AB43" s="7" t="s">
         <v>35</v>
       </c>
       <c r="AC43" s="7" t="s">
         <v>72</v>
       </c>
       <c r="AD43" s="7" t="s">
         <v>73</v>
       </c>
       <c r="AE43" s="7" t="s">
         <v>36</v>
       </c>
       <c r="AF43" s="7" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C44" s="4">
         <v>434</v>
       </c>
       <c r="D44" s="4">