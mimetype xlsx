--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>Výsledky hráčů družstva KK Camo Slavičín A na kuželně KK Slavičín</t>
   </si>
   <si>
     <t>Karel Kabela</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>7.10.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
     <t>12.4.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
@@ -246,50 +246,53 @@
     <t>12.7.2021</t>
   </si>
   <si>
     <t>3.10.2020</t>
   </si>
   <si>
     <t>26.9.2020</t>
   </si>
   <si>
     <t>22.2.2020</t>
   </si>
   <si>
     <t>15.2.2020</t>
   </si>
   <si>
     <t>11.1.2020</t>
   </si>
   <si>
     <t>16.11.2019</t>
   </si>
   <si>
     <t>2.11.2019</t>
   </si>
   <si>
     <t>Josef Číž</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
@@ -1625,218 +1628,218 @@
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>77</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>78</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>79</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>80</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>81</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>82</v>
       </c>
       <c r="H15" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="I15" s="6" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>84</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>85</v>
       </c>
       <c r="L15" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="M15" s="6" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>87</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>88</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>89</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>90</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>91</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>92</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>93</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>94</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>95</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>96</v>
       </c>
       <c r="X15" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="Y15" s="6" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>98</v>
       </c>
       <c r="AA15" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="AB15" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="AB15" s="6" t="s">
+      <c r="AC15" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="AC15" s="6" t="s">
+      <c r="AD15" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="AD15" s="6" t="s">
+      <c r="AE15" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="AE15" s="6" t="s">
+      <c r="AF15" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>412</v>
+      </c>
+      <c r="D16" s="4">
         <v>436</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>426</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>420</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>430</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>458</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>461</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>423</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>450</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>392</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>450</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>478</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>466</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>453</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>438</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>434</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>474</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>442</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>446</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>458</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>433</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>478</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>445</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>418</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>450</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>476</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>436</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>438</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>427</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
@@ -1892,123 +1895,123 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>14</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>59</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>24</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>60</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>61</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>62</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>63</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
@@ -2180,96 +2183,96 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>60</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>61</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>62</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>63</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>32</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>65</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>66</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>70</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>75</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>76</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>43</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>44</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>45</v>
       </c>
@@ -2459,141 +2462,141 @@
       </c>
       <c r="Y25" s="6">
         <v>100</v>
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>14</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>16</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>17</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>59</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>62</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>63</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>64</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>66</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>67</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>69</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>70</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>71</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>443</v>
       </c>
       <c r="D28" s="4">
         <v>464</v>
       </c>
       <c r="E28" s="4">
         <v>448</v>
       </c>
       <c r="F28" s="4">
         <v>475</v>
       </c>
       <c r="G28" s="4">
         <v>458</v>
       </c>
       <c r="H28" s="4">
@@ -2747,144 +2750,144 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="7">
         <v>120</v>
       </c>
       <c r="AB29" s="7">
         <v>120</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>18</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>22</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>61</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>460</v>
       </c>
       <c r="D32" s="4">
         <v>480</v>
       </c>
       <c r="E32" s="4">
         <v>470</v>
       </c>
       <c r="F32" s="4">
         <v>404</v>
       </c>
       <c r="G32" s="4">
         <v>444</v>
       </c>
       <c r="H32" s="4">
         <v>472</v>
       </c>
       <c r="I32" s="4">