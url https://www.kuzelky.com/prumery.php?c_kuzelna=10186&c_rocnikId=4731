--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>Výsledky hráčů družstva KK Camo Slavičín B na kuželně KK Slavičín</t>
   </si>
   <si>
     <t>Pavel Sláma</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>30.3.2019</t>
   </si>
   <si>
     <t>2.3.2019</t>
   </si>
   <si>
     <t>9.2.2019</t>
   </si>
   <si>
     <t>19.1.2019</t>
   </si>
   <si>
     <t>8.12.2018</t>
   </si>
   <si>
@@ -254,50 +254,53 @@
   <si>
     <t>26.3.2022</t>
   </si>
   <si>
     <t>5.3.2022</t>
   </si>
   <si>
     <t>26.2.2022</t>
   </si>
   <si>
     <t>15.1.2022</t>
   </si>
   <si>
     <t>20.11.2021</t>
   </si>
   <si>
     <t>6.11.2021</t>
   </si>
   <si>
     <t>9.10.2021</t>
   </si>
   <si>
     <t>Ivana Bartošová</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
@@ -308,144 +311,144 @@
   <si>
     <t>9.11.2024</t>
   </si>
   <si>
     <t>12.10.2024</t>
   </si>
   <si>
     <t>6.4.2024</t>
   </si>
   <si>
     <t>26.3.2024</t>
   </si>
   <si>
     <t>16.3.2024</t>
   </si>
   <si>
     <t>15.10.2023</t>
   </si>
   <si>
     <t>19.2.2022</t>
   </si>
   <si>
     <t>4.12.2021</t>
   </si>
   <si>
+    <t>Petr Peléšek</t>
+  </si>
+  <si>
+    <t>12.4.2025</t>
+  </si>
+  <si>
+    <t>29.3.2025</t>
+  </si>
+  <si>
+    <t>22.3.2025</t>
+  </si>
+  <si>
+    <t>22.2.2025</t>
+  </si>
+  <si>
+    <t>15.2.2025</t>
+  </si>
+  <si>
+    <t>8.2.2025</t>
+  </si>
+  <si>
+    <t>13.4.2024</t>
+  </si>
+  <si>
+    <t>13.1.2024</t>
+  </si>
+  <si>
+    <t>18.11.2023</t>
+  </si>
+  <si>
+    <t>1.4.2023</t>
+  </si>
+  <si>
+    <t>25.3.2023</t>
+  </si>
+  <si>
+    <t>18.3.2023</t>
+  </si>
+  <si>
+    <t>4.3.2023</t>
+  </si>
+  <si>
+    <t>21.1.2023</t>
+  </si>
+  <si>
+    <t>5.11.2022</t>
+  </si>
+  <si>
+    <t>22.10.2022</t>
+  </si>
+  <si>
+    <t>1.10.2022</t>
+  </si>
+  <si>
+    <t>Robert Řihák</t>
+  </si>
+  <si>
+    <t>24.9.2022</t>
+  </si>
+  <si>
+    <t>12.3.2022</t>
+  </si>
+  <si>
+    <t>12.2.2022</t>
+  </si>
+  <si>
+    <t>27.11.2021</t>
+  </si>
+  <si>
+    <t>13.11.2021</t>
+  </si>
+  <si>
+    <t>23.10.2021</t>
+  </si>
+  <si>
+    <t>16.10.2021</t>
+  </si>
+  <si>
+    <t>19.9.2021</t>
+  </si>
+  <si>
+    <t>26.9.2020</t>
+  </si>
+  <si>
+    <t>22.2.2020</t>
+  </si>
+  <si>
+    <t>Michal Petráš</t>
+  </si>
+  <si>
+    <t>25.9.2021</t>
+  </si>
+  <si>
     <t>12.9.2020</t>
-  </si>
-[...91 lines deleted...]
-    <t>25.9.2021</t>
   </si>
   <si>
     <t>Petr Hanousek</t>
   </si>
   <si>
     <t>5.10.2024</t>
   </si>
   <si>
     <t>21.3.2024</t>
   </si>
   <si>
     <t>14.3.2024</t>
   </si>
   <si>
     <t>24.2.2024</t>
   </si>
   <si>
     <t>20.1.2024</t>
   </si>
   <si>
     <t>21.10.2023</t>
   </si>
   <si>
     <t>8.2.2020</t>
   </si>
@@ -1733,185 +1736,185 @@
       <c r="K15" s="7" t="s">
         <v>88</v>
       </c>
       <c r="L15" s="7" t="s">
         <v>89</v>
       </c>
       <c r="M15" s="7" t="s">
         <v>90</v>
       </c>
       <c r="N15" s="7" t="s">
         <v>91</v>
       </c>
       <c r="O15" s="7" t="s">
         <v>92</v>
       </c>
       <c r="P15" s="7" t="s">
         <v>93</v>
       </c>
       <c r="Q15" s="7" t="s">
         <v>94</v>
       </c>
       <c r="R15" s="7" t="s">
         <v>95</v>
       </c>
       <c r="S15" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="T15" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="T15" s="7" t="s">
+      <c r="U15" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="U15" s="7" t="s">
+      <c r="V15" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="V15" s="7" t="s">
+      <c r="W15" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="W15" s="7" t="s">
+      <c r="X15" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="X15" s="7" t="s">
+      <c r="Y15" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="Y15" s="7" t="s">
+      <c r="Z15" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="Z15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA15" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="AB15" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="AB15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC15" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="AD15" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="AD15" s="7" t="s">
+      <c r="AE15" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="AE15" s="7" t="s">
+      <c r="AF15" s="7" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="4">
+        <v>341</v>
+      </c>
+      <c r="D16" s="4">
         <v>381</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>420</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>380</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>396</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>433</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
       <c r="J16" s="4">
         <v>405</v>
       </c>
       <c r="K16" s="4">
+        <v>405</v>
+      </c>
+      <c r="L16" s="4">
         <v>419</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>383</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>391</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>431</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>428</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>405</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>428</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>342</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>404</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>415</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>441</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>453</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>405</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>408</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>430</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>436</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>383</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>402</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>379</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>390</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C17" s="7">
         <v>100</v>
       </c>
       <c r="D17" s="7">
         <v>100</v>
       </c>
       <c r="E17" s="7">
         <v>100</v>
       </c>
       <c r="F17" s="7">
         <v>100</v>
       </c>
       <c r="G17" s="7">
         <v>100</v>
       </c>
       <c r="H17" s="7">
         <v>100</v>
       </c>
       <c r="I17" s="7">
@@ -2000,51 +2003,51 @@
       <c r="D19" s="7" t="s">
         <v>52</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>53</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>100</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>101</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>102</v>
       </c>
       <c r="I19" s="7" t="s">
         <v>103</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>104</v>
       </c>
       <c r="K19" s="7" t="s">
         <v>105</v>
       </c>
       <c r="L19" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>55</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>106</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>56</v>
       </c>
       <c r="P19" s="7" t="s">
         <v>57</v>
       </c>
       <c r="Q19" s="7" t="s">
         <v>107</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>59</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>60</v>
       </c>
       <c r="T19" s="7" t="s">
         <v>108</v>
       </c>
@@ -2324,51 +2327,51 @@
       <c r="P23" s="7" t="s">
         <v>67</v>
       </c>
       <c r="Q23" s="7" t="s">
         <v>68</v>
       </c>
       <c r="R23" s="7" t="s">
         <v>70</v>
       </c>
       <c r="S23" s="7" t="s">
         <v>71</v>
       </c>
       <c r="T23" s="7" t="s">
         <v>118</v>
       </c>
       <c r="U23" s="7" t="s">
         <v>119</v>
       </c>
       <c r="V23" s="7" t="s">
         <v>73</v>
       </c>
       <c r="W23" s="7" t="s">
         <v>120</v>
       </c>
       <c r="X23" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="Y23" s="7" t="s">
         <v>121</v>
       </c>
       <c r="Z23" s="7" t="s">
         <v>122</v>
       </c>
       <c r="AA23" s="7" t="s">
         <v>123</v>
       </c>
       <c r="AB23" s="7" t="s">
         <v>124</v>
       </c>
       <c r="AC23" s="7" t="s">
         <v>125</v>
       </c>
       <c r="AD23" s="7" t="s">
         <v>126</v>
       </c>
       <c r="AE23" s="7" t="s">
         <v>38</v>
       </c>
       <c r="AF23" s="7" t="s">
         <v>127</v>
       </c>
@@ -2609,78 +2612,78 @@
       <c r="O27" s="7" t="s">
         <v>67</v>
       </c>
       <c r="P27" s="7" t="s">
         <v>69</v>
       </c>
       <c r="Q27" s="7" t="s">
         <v>70</v>
       </c>
       <c r="R27" s="7" t="s">
         <v>71</v>
       </c>
       <c r="S27" s="7" t="s">
         <v>118</v>
       </c>
       <c r="T27" s="7" t="s">
         <v>72</v>
       </c>
       <c r="U27" s="7" t="s">
         <v>73</v>
       </c>
       <c r="V27" s="7" t="s">
         <v>74</v>
       </c>
       <c r="W27" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="X27" s="7" t="s">
         <v>36</v>
       </c>
       <c r="Y27" s="7" t="s">
         <v>75</v>
       </c>
       <c r="Z27" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="AA27" s="7" t="s">
         <v>76</v>
       </c>
       <c r="AB27" s="7" t="s">
         <v>77</v>
       </c>
       <c r="AC27" s="7" t="s">
         <v>78</v>
       </c>
       <c r="AD27" s="7" t="s">
         <v>129</v>
       </c>
       <c r="AE27" s="7" t="s">
         <v>37</v>
       </c>
       <c r="AF27" s="7" t="s">
-        <v>98</v>
+        <v>130</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="4">
         <v>434</v>
       </c>
       <c r="D28" s="4">
         <v>388</v>
       </c>
       <c r="E28" s="4">
         <v>451</v>
       </c>
       <c r="F28" s="4">
         <v>427</v>
       </c>
       <c r="G28" s="4">
         <v>478</v>
       </c>
       <c r="H28" s="4">
         <v>448</v>
       </c>
       <c r="I28" s="4">
@@ -2831,141 +2834,141 @@
       </c>
       <c r="Z29" s="7">
         <v>100</v>
       </c>
       <c r="AA29" s="7">
         <v>100</v>
       </c>
       <c r="AB29" s="7">
         <v>100</v>
       </c>
       <c r="AC29" s="7">
         <v>100</v>
       </c>
       <c r="AD29" s="7">
         <v>100</v>
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>51</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>53</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>100</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I31" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J31" s="7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="L31" s="7" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M31" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N31" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="O31" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P31" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>110</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>66</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>68</v>
       </c>
       <c r="T31" s="7" t="s">
         <v>69</v>
       </c>
       <c r="U31" s="7" t="s">
         <v>70</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>118</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>72</v>
       </c>
       <c r="X31" s="7" t="s">
         <v>73</v>
       </c>
       <c r="Y31" s="7" t="s">
         <v>74</v>
       </c>
       <c r="Z31" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AA31" s="7" t="s">
         <v>36</v>
       </c>
       <c r="AB31" s="7" t="s">
         <v>76</v>
       </c>
       <c r="AC31" s="7" t="s">
         <v>129</v>
       </c>
       <c r="AD31" s="7" t="s">
         <v>127</v>
       </c>
       <c r="AE31" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="AF31" s="7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C32" s="4">
         <v>425</v>
       </c>
       <c r="D32" s="4">
         <v>441</v>
       </c>
       <c r="E32" s="4">
         <v>462</v>
       </c>
       <c r="F32" s="4">
         <v>392</v>
       </c>
       <c r="G32" s="4">
         <v>383</v>
       </c>
       <c r="H32" s="4">
@@ -3119,87 +3122,87 @@
       </c>
       <c r="Z33" s="7">
         <v>100</v>
       </c>
       <c r="AA33" s="7">
         <v>100</v>
       </c>
       <c r="AB33" s="7">
         <v>100</v>
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>51</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>52</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>53</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>100</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>101</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>54</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>103</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>104</v>
       </c>
       <c r="K35" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>55</v>
       </c>
       <c r="M35" s="7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>106</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>56</v>
       </c>
       <c r="P35" s="7" t="s">
         <v>57</v>
       </c>
       <c r="Q35" s="7" t="s">
         <v>58</v>
       </c>
       <c r="R35" s="7" t="s">
         <v>110</v>
       </c>
       <c r="S35" s="7" t="s">
         <v>63</v>
       </c>
       <c r="T35" s="7" t="s">
         <v>64</v>
       </c>
       <c r="U35" s="7" t="s">
         <v>65</v>
       </c>