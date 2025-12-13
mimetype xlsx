--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Výsledky hráčů družstva TJ Kuželky Česká Lípa B na kuželně TJ Kuželky Česká Lípa</t>
   </si>
   <si>
     <t>Miloslav Pöra</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>26.2.2025</t>
   </si>
   <si>
     <t>12.2.2025</t>
   </si>
   <si>
     <t>15.1.2025</t>
   </si>
   <si>
     <t>20.11.2024</t>
   </si>
   <si>
     <t>6.11.2024</t>
   </si>
   <si>
@@ -210,50 +210,53 @@
     <t>9.4.2016</t>
   </si>
   <si>
     <t>5.3.2016</t>
   </si>
   <si>
     <t>23.1.2016</t>
   </si>
   <si>
     <t>28.11.2015</t>
   </si>
   <si>
     <t>Radek Potůček</t>
   </si>
   <si>
     <t>23.9.2020</t>
   </si>
   <si>
     <t>11.3.2020</t>
   </si>
   <si>
     <t>12.2.2020</t>
   </si>
   <si>
     <t>Jaroslav Košek</t>
+  </si>
+  <si>
+    <t>10.12.2025</t>
   </si>
   <si>
     <t>26.11.2025</t>
   </si>
   <si>
     <t>29.10.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>6.12.2023</t>
   </si>
   <si>
     <t>18.10.2023</t>
   </si>
   <si>
     <t>Petr Jeník</t>
   </si>
   <si>
     <t>2.3.2022</t>
   </si>
@@ -1424,227 +1427,227 @@
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>66</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>67</v>
       </c>
       <c r="E15" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="F15" s="6" t="s">
+      <c r="G15" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="G15" s="6" t="s">
+      <c r="H15" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="H15" s="6" t="s">
+      <c r="I15" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="I15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J15" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="K15" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="K15" s="6" t="s">
+      <c r="L15" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="L15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M15" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="N15" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="N15" s="6" t="s">
+      <c r="O15" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="O15" s="6" t="s">
+      <c r="P15" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="P15" s="6" t="s">
+      <c r="Q15" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="Q15" s="6" t="s">
+      <c r="R15" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="R15" s="6" t="s">
+      <c r="S15" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="S15" s="6" t="s">
+      <c r="T15" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="T15" s="6" t="s">
+      <c r="U15" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="U15" s="6" t="s">
+      <c r="V15" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="V15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W15" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="X15" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="X15" s="6" t="s">
+      <c r="Y15" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="Y15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z15" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="AA15" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="AA15" s="6" t="s">
+      <c r="AB15" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="AB15" s="6" t="s">
+      <c r="AC15" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="AC15" s="6" t="s">
+      <c r="AD15" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="AD15" s="6" t="s">
+      <c r="AE15" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="AE15" s="6" t="s">
+      <c r="AF15" s="6" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>423</v>
       </c>
       <c r="D16" s="4">
+        <v>423</v>
+      </c>
+      <c r="E16" s="4">
         <v>427</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>441</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>428</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>441</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>424</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>441</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>435</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>452</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>428</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>436</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>439</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>458</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>463</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>435</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>439</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>415</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>439</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>428</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>461</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>440</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>441</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>470</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>458</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>450</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>424</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>445</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>440</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
@@ -1700,84 +1703,84 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>63</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>64</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>396</v>
       </c>
       <c r="D20" s="4">
         <v>418</v>
       </c>
       <c r="E20" s="4">
         <v>379</v>
       </c>
       <c r="F20" s="4">
         <v>411</v>
       </c>
       <c r="G20" s="4">
         <v>415</v>
       </c>
       <c r="H20" s="4">
         <v>448</v>
       </c>
       <c r="I20" s="4">
@@ -1808,239 +1811,239 @@
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
         <v>100</v>
       </c>
       <c r="J21" s="6">
         <v>100</v>
       </c>
       <c r="K21" s="6">
         <v>100</v>
       </c>
       <c r="L21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>66</v>
       </c>
       <c r="D23" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E23" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="E23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F23" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="G23" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="G23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="I23" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="J23" s="6" t="s">
+      <c r="K23" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="K23" s="6" t="s">
+      <c r="L23" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="M23" s="6" t="s">
+      <c r="N23" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="N23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O23" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="P23" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="P23" s="6" t="s">
+      <c r="Q23" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="Q23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R23" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="S23" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="S23" s="6" t="s">
+      <c r="T23" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="T23" s="6" t="s">
+      <c r="U23" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="U23" s="6" t="s">
+      <c r="V23" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="V23" s="6" t="s">
+      <c r="W23" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="W23" s="6" t="s">
+      <c r="X23" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="X23" s="6" t="s">
+      <c r="Y23" s="6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>71</v>
       </c>
       <c r="AA23" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="AB23" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="AB23" s="6" t="s">
+      <c r="AC23" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="AC23" s="6" t="s">
+      <c r="AD23" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="AD23" s="6" t="s">
+      <c r="AE23" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="AE23" s="6" t="s">
+      <c r="AF23" s="6" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>451</v>
+      </c>
+      <c r="D24" s="4">
         <v>413</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>438</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>477</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>412</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>440</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>468</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>461</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>464</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>448</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>469</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>464</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>431</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>481</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>429</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>437</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>424</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>421</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>417</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>437</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>495</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>435</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>519</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>432</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>457</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>489</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>457</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>445</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>452</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -2096,239 +2099,239 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>66</v>
       </c>
       <c r="D27" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E27" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="E27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F27" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="G27" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="G27" s="6" t="s">
+      <c r="H27" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="H27" s="6" t="s">
+      <c r="I27" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="J27" s="6" t="s">
+      <c r="K27" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="K27" s="6" t="s">
+      <c r="L27" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="L27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M27" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="N27" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="N27" s="6" t="s">
+      <c r="O27" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="O27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P27" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q27" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="Q27" s="6" t="s">
+      <c r="R27" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="R27" s="6" t="s">
+      <c r="S27" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="S27" s="6" t="s">
+      <c r="T27" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="T27" s="6" t="s">
+      <c r="U27" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="U27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V27" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="W27" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="W27" s="6" t="s">
+      <c r="X27" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="X27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y27" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="Z27" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AB27" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="AB27" s="6" t="s">
+      <c r="AC27" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="AC27" s="6" t="s">
+      <c r="AD27" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>432</v>
+      </c>
+      <c r="D28" s="4">
         <v>453</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>397</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>421</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>457</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>455</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>405</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>401</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>459</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>417</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>435</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>423</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>464</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>406</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>433</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>452</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>402</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>428</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>394</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>423</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>441</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>422</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>434</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>447</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>410</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>407</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>479</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>433</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>427</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
@@ -2384,178 +2387,184 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D31" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="E31" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="E31" s="6" t="s">
+      <c r="F31" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="F31" s="6" t="s">
+      <c r="G31" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="G31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H31" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="I31" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="I31" s="6" t="s">
+      <c r="J31" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="J31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="K31" s="6" t="s">
+      <c r="L31" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="M31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N31" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="O31" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="O31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P31" s="6" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>87</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>79</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>88</v>
+        <v>80</v>
+      </c>
+      <c r="W31" s="6" t="s">
+        <v>89</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>431</v>
+      </c>
+      <c r="D32" s="4">
         <v>378</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>437</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>436</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>394</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>400</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>359</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>423</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>374</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>406</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>389</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>410</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>356</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>443</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>439</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>414</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>426</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>392</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>436</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>446</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>421</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
@@ -2579,123 +2588,126 @@
       </c>
       <c r="O33" s="6">
         <v>100</v>
       </c>
       <c r="P33" s="6">
         <v>100</v>
       </c>
       <c r="Q33" s="6">
         <v>100</v>
       </c>
       <c r="R33" s="6">
         <v>100</v>
       </c>
       <c r="S33" s="6">
         <v>100</v>
       </c>
       <c r="T33" s="6">
         <v>100</v>
       </c>
       <c r="U33" s="6">
         <v>100</v>
       </c>
       <c r="V33" s="6">
         <v>100</v>
       </c>
+      <c r="W33" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>46</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="7">
         <v>574</v>
       </c>
       <c r="D36" s="7">
         <v>542</v>
       </c>
       <c r="E36" s="7">
         <v>577</v>
       </c>
       <c r="F36" s="7">
         <v>578</v>
       </c>
       <c r="G36" s="7">
         <v>524</v>
       </c>
       <c r="H36" s="7">
         <v>562</v>
       </c>
       <c r="I36" s="7">