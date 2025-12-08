--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -140,50 +140,53 @@
   <si>
     <t>28.10.2023</t>
   </si>
   <si>
     <t>14.10.2023</t>
   </si>
   <si>
     <t>23.9.2023</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>11.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>Lenka Nováková</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>4.12.2024</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>9.11.2024</t>
@@ -213,53 +216,50 @@
     <t>30.9.2023</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>10.12.2022</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>20.11.2022</t>
   </si>
   <si>
     <t>24.9.2022</t>
   </si>
   <si>
     <t>1.4.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>19.3.2022</t>
   </si>
   <si>
     <t>Stanislav Šmíd st.</t>
   </si>
   <si>
     <t>15.4.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>22.10.2022</t>
   </si>
   <si>
     <t>1.10.2022</t>
   </si>
   <si>
     <t>17.9.2022</t>
   </si>
@@ -1178,230 +1178,230 @@
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D11" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="E11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G11" s="6" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>45</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>46</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>49</v>
       </c>
       <c r="M11" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="N11" s="6" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>51</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>53</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>54</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>55</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>56</v>
       </c>
       <c r="U11" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="V11" s="6" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>58</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Z11" s="6" t="s">
         <v>61</v>
       </c>
       <c r="AA11" s="6" t="s">
         <v>62</v>
       </c>
       <c r="AB11" s="6" t="s">
         <v>63</v>
       </c>
       <c r="AC11" s="6" t="s">
         <v>64</v>
       </c>
       <c r="AD11" s="6" t="s">
         <v>65</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="4">
+        <v>435</v>
+      </c>
+      <c r="D12" s="4">
         <v>437</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>458</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>422</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>417</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>402</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>431</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>457</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>450</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>432</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>410</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>440</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>433</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>441</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>458</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>471</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>459</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>467</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>455</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>421</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>437</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>408</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>418</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>438</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>398</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>436</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>400</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>418</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>430</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
@@ -1787,51 +1787,51 @@
       <c r="G19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>25</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>90</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>30</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>31</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>32</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>33</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>34</v>
       </c>
@@ -2654,51 +2654,51 @@
       <c r="H31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>18</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>90</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>26</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>27</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>28</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>29</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>30</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>31</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>32</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>33</v>
       </c>