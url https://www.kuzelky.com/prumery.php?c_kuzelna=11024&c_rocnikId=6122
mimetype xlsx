--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -203,50 +203,53 @@
   <si>
     <t>28.10.2023</t>
   </si>
   <si>
     <t>14.10.2023</t>
   </si>
   <si>
     <t>23.9.2023</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
   <si>
     <t>11.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>Lenka Nováková</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>4.12.2024</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>9.11.2024</t>
@@ -276,53 +279,50 @@
     <t>30.9.2023</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>10.12.2022</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>20.11.2022</t>
   </si>
   <si>
     <t>24.9.2022</t>
   </si>
   <si>
     <t>1.4.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>19.3.2022</t>
   </si>
   <si>
     <t>Jitka Váňová</t>
   </si>
   <si>
     <t>14.9.2023</t>
   </si>
   <si>
     <t>11.9.2021</t>
   </si>
   <si>
     <t>19.10.2019</t>
   </si>
   <si>
     <t>29.9.2018</t>
   </si>
   <si>
     <t>25.11.2017</t>
   </si>
   <si>
     <t>Zbyněk Vytiska</t>
   </si>
   <si>
     <t>5.10.2024</t>
   </si>
@@ -1451,230 +1451,230 @@
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>63</v>
       </c>
       <c r="D11" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E11" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="E11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="G11" s="6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>67</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>69</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>70</v>
       </c>
       <c r="M11" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="N11" s="6" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="U11" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="V11" s="6" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>79</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>80</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>81</v>
       </c>
       <c r="Z11" s="6" t="s">
         <v>82</v>
       </c>
       <c r="AA11" s="6" t="s">
         <v>83</v>
       </c>
       <c r="AB11" s="6" t="s">
         <v>84</v>
       </c>
       <c r="AC11" s="6" t="s">
         <v>85</v>
       </c>
       <c r="AD11" s="6" t="s">
         <v>86</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>87</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="4">
+        <v>435</v>
+      </c>
+      <c r="D12" s="4">
         <v>437</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>458</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>422</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>417</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>402</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>431</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>457</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>450</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>432</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>410</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>440</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>433</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>441</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>458</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>471</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>459</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>467</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>455</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>421</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>437</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>408</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>418</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>438</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>398</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>436</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>400</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>418</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>430</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
@@ -1739,54 +1739,54 @@
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>91</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>92</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>93</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>21</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>94</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>25</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>26</v>
       </c>
@@ -1901,90 +1901,90 @@
       <c r="K19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>42</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>46</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>96</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>47</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>49</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>55</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>56</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>57</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>90</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AF19" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="C20" s="4">
         <v>512</v>
       </c>
       <c r="D20" s="4">
         <v>464</v>
       </c>
       <c r="E20" s="4">
         <v>453</v>
       </c>
       <c r="F20" s="4">
         <v>457</v>
       </c>
       <c r="G20" s="4">
         <v>454</v>
       </c>
       <c r="H20" s="4">
         <v>447</v>
       </c>
       <c r="I20" s="4">
@@ -2465,51 +2465,51 @@
       <c r="G27" s="6" t="s">
         <v>38</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>40</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>42</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>43</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>44</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>46</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>96</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>48</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>49</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>51</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>52</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>53</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>54</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>55</v>
       </c>
@@ -3341,51 +3341,51 @@
       <c r="K39" s="6" t="s">
         <v>40</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>42</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>43</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>44</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>46</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>96</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>47</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>49</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>54</v>
       </c>
@@ -3620,51 +3620,51 @@
       <c r="H43" s="6" t="s">
         <v>37</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>39</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>40</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>42</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>44</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>96</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>50</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>51</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>52</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>53</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>54</v>
       </c>
@@ -3917,51 +3917,51 @@
       <c r="K47" s="6" t="s">
         <v>40</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>42</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>43</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>44</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>46</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>96</v>
       </c>
       <c r="S47" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>47</v>
       </c>
       <c r="U47" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V47" s="6" t="s">
         <v>49</v>
       </c>
       <c r="W47" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X47" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Y47" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Z47" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AA47" s="6" t="s">
         <v>54</v>
       </c>