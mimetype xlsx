--- v0 (2025-12-06)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Výsledky hráčů družstva TJ Lokomotiva Liberec na kuželně Sport Park Liberec</t>
   </si>
   <si>
     <t>Aleš Havlík</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>4.12.2025</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
     <t>19.9.2025</t>
   </si>
   <si>
@@ -234,50 +234,53 @@
     <t>3.11.2022</t>
   </si>
   <si>
     <t>27.10.2022</t>
   </si>
   <si>
     <t>13.10.2022</t>
   </si>
   <si>
     <t>Nataša Kovačovičová</t>
   </si>
   <si>
     <t>3.2.2023</t>
   </si>
   <si>
     <t>23.9.2022</t>
   </si>
   <si>
     <t>9.4.2022</t>
   </si>
   <si>
     <t>18.3.2022</t>
   </si>
   <si>
     <t>Václav Vlk</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
@@ -1916,233 +1919,233 @@
       </c>
       <c r="AB17" s="7">
         <v>100</v>
       </c>
       <c r="AC17" s="7">
         <v>100</v>
       </c>
       <c r="AD17" s="7">
         <v>100</v>
       </c>
       <c r="AE17" s="7">
         <v>100</v>
       </c>
       <c r="AF17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>73</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D19" s="7" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>75</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>76</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>77</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>78</v>
       </c>
       <c r="I19" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="J19" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="J19" s="7" t="s">
+      <c r="K19" s="7" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>80</v>
       </c>
       <c r="M19" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="N19" s="7" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>82</v>
       </c>
       <c r="P19" s="7" t="s">
         <v>83</v>
       </c>
       <c r="Q19" s="7" t="s">
         <v>84</v>
       </c>
       <c r="R19" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="S19" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="S19" s="7" t="s">
+      <c r="T19" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="T19" s="7" t="s">
+      <c r="U19" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="U19" s="7" t="s">
+      <c r="V19" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="V19" s="7" t="s">
+      <c r="W19" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="W19" s="7" t="s">
+      <c r="X19" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="X19" s="7" t="s">
+      <c r="Y19" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="Y19" s="7" t="s">
+      <c r="Z19" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="Z19" s="7" t="s">
+      <c r="AA19" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="AA19" s="7" t="s">
+      <c r="AB19" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="AB19" s="7" t="s">
+      <c r="AC19" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="AC19" s="7" t="s">
+      <c r="AD19" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="AD19" s="7" t="s">
+      <c r="AE19" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="AE19" s="7" t="s">
+      <c r="AF19" s="7" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="5">
+        <v>595</v>
+      </c>
+      <c r="D20" s="5">
         <v>562</v>
       </c>
-      <c r="D20" s="5">
+      <c r="E20" s="5">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>549</v>
       </c>
       <c r="F20" s="5">
         <v>549</v>
       </c>
       <c r="G20" s="5">
+        <v>549</v>
+      </c>
+      <c r="H20" s="5">
         <v>589</v>
       </c>
-      <c r="H20" s="5">
+      <c r="I20" s="5">
         <v>547</v>
       </c>
-      <c r="I20" s="5">
+      <c r="J20" s="5">
         <v>524</v>
       </c>
-      <c r="J20" s="5">
+      <c r="K20" s="5">
         <v>569</v>
       </c>
-      <c r="K20" s="5">
+      <c r="L20" s="5">
         <v>566</v>
       </c>
-      <c r="L20" s="5">
+      <c r="M20" s="5">
         <v>549</v>
       </c>
-      <c r="M20" s="5">
+      <c r="N20" s="5">
         <v>553</v>
       </c>
-      <c r="N20" s="5">
+      <c r="O20" s="5">
         <v>559</v>
       </c>
-      <c r="O20" s="5">
+      <c r="P20" s="5">
         <v>596</v>
       </c>
-      <c r="P20" s="5">
+      <c r="Q20" s="5">
         <v>602</v>
       </c>
-      <c r="Q20" s="5">
+      <c r="R20" s="5">
         <v>563</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>448</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>473</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>463</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>472</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>494</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>468</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>451</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>497</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>474</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>455</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>453</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>501</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>414</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="5">
         <v>120</v>
       </c>
       <c r="D21" s="5">
         <v>120</v>
       </c>
       <c r="E21" s="5">
         <v>120</v>
       </c>
       <c r="F21" s="5">
         <v>120</v>
       </c>
       <c r="G21" s="5">
         <v>120</v>
       </c>
       <c r="H21" s="5">
         <v>120</v>
       </c>
       <c r="I21" s="5">
@@ -2150,480 +2153,480 @@
       </c>
       <c r="J21" s="5">
         <v>120</v>
       </c>
       <c r="K21" s="5">
         <v>120</v>
       </c>
       <c r="L21" s="5">
         <v>120</v>
       </c>
       <c r="M21" s="5">
         <v>120</v>
       </c>
       <c r="N21" s="5">
         <v>120</v>
       </c>
       <c r="O21" s="5">
         <v>120</v>
       </c>
       <c r="P21" s="5">
         <v>120</v>
       </c>
       <c r="Q21" s="5">
         <v>120</v>
       </c>
-      <c r="R21" s="7">
-        <v>100</v>
+      <c r="R21" s="5">
+        <v>120</v>
       </c>
       <c r="S21" s="7">
         <v>100</v>
       </c>
       <c r="T21" s="7">
         <v>100</v>
       </c>
       <c r="U21" s="7">
         <v>100</v>
       </c>
       <c r="V21" s="7">
         <v>100</v>
       </c>
       <c r="W21" s="7">
         <v>100</v>
       </c>
       <c r="X21" s="7">
         <v>100</v>
       </c>
       <c r="Y21" s="7">
         <v>100</v>
       </c>
       <c r="Z21" s="7">
         <v>100</v>
       </c>
       <c r="AA21" s="7">
         <v>100</v>
       </c>
       <c r="AB21" s="7">
         <v>100</v>
       </c>
       <c r="AC21" s="7">
         <v>100</v>
       </c>
       <c r="AD21" s="7">
         <v>100</v>
       </c>
       <c r="AE21" s="7">
         <v>100</v>
       </c>
       <c r="AF21" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D23" s="7" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>75</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>76</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>77</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>78</v>
       </c>
       <c r="I23" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="J23" s="7" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>80</v>
       </c>
       <c r="L23" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="M23" s="7" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="N23" s="7" t="s">
         <v>82</v>
       </c>
       <c r="O23" s="7" t="s">
         <v>83</v>
       </c>
       <c r="P23" s="7" t="s">
         <v>84</v>
       </c>
       <c r="Q23" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="R23" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="R23" s="7" t="s">
+      <c r="S23" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="S23" s="7" t="s">
+      <c r="T23" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="T23" s="7" t="s">
+      <c r="U23" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="U23" s="7" t="s">
+      <c r="V23" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="V23" s="7" t="s">
+      <c r="W23" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="W23" s="7" t="s">
+      <c r="X23" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="X23" s="7" t="s">
+      <c r="Y23" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="Y23" s="7" t="s">
+      <c r="Z23" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="Z23" s="7" t="s">
+      <c r="AA23" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="AA23" s="7" t="s">
+      <c r="AB23" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="AB23" s="7" t="s">
+      <c r="AC23" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="AC23" s="7" t="s">
+      <c r="AD23" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="AD23" s="7" t="s">
+      <c r="AE23" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="AE23" s="7" t="s">
+      <c r="AF23" s="7" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="5">
+        <v>585</v>
+      </c>
+      <c r="D24" s="5">
         <v>549</v>
       </c>
-      <c r="D24" s="5">
+      <c r="E24" s="5">
         <v>548</v>
       </c>
-      <c r="E24" s="5">
+      <c r="F24" s="5">
         <v>529</v>
       </c>
-      <c r="F24" s="5">
+      <c r="G24" s="5">
         <v>537</v>
       </c>
-      <c r="G24" s="5">
+      <c r="H24" s="5">
         <v>610</v>
       </c>
-      <c r="H24" s="5">
+      <c r="I24" s="5">
         <v>534</v>
       </c>
-      <c r="I24" s="5">
+      <c r="J24" s="5">
         <v>547</v>
       </c>
-      <c r="J24" s="5">
+      <c r="K24" s="5">
         <v>525</v>
       </c>
-      <c r="K24" s="5">
+      <c r="L24" s="5">
         <v>539</v>
       </c>
-      <c r="L24" s="5">
+      <c r="M24" s="5">
         <v>557</v>
       </c>
-      <c r="M24" s="5">
+      <c r="N24" s="5">
         <v>556</v>
       </c>
-      <c r="N24" s="5">
+      <c r="O24" s="5">
         <v>550</v>
       </c>
-      <c r="O24" s="5">
+      <c r="P24" s="5">
         <v>584</v>
       </c>
-      <c r="P24" s="5">
+      <c r="Q24" s="5">
         <v>579</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>467</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>481</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>493</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>481</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>493</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>462</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>497</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>486</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>475</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>470</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>450</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>433</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>470</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>490</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="5">
         <v>120</v>
       </c>
       <c r="D25" s="5">
         <v>120</v>
       </c>
       <c r="E25" s="5">
         <v>120</v>
       </c>
       <c r="F25" s="5">
         <v>120</v>
       </c>
       <c r="G25" s="5">
         <v>120</v>
       </c>
       <c r="H25" s="5">
         <v>120</v>
       </c>
       <c r="I25" s="5">
         <v>120</v>
       </c>
       <c r="J25" s="5">
         <v>120</v>
       </c>
       <c r="K25" s="5">
         <v>120</v>
       </c>
       <c r="L25" s="5">
         <v>120</v>
       </c>
       <c r="M25" s="5">
         <v>120</v>
       </c>
       <c r="N25" s="5">
         <v>120</v>
       </c>
       <c r="O25" s="5">
         <v>120</v>
       </c>
       <c r="P25" s="5">
         <v>120</v>
       </c>
-      <c r="Q25" s="7">
-        <v>100</v>
+      <c r="Q25" s="5">
+        <v>120</v>
       </c>
       <c r="R25" s="7">
         <v>100</v>
       </c>
       <c r="S25" s="7">
         <v>100</v>
       </c>
       <c r="T25" s="7">
         <v>100</v>
       </c>
       <c r="U25" s="7">
         <v>100</v>
       </c>
       <c r="V25" s="7">
         <v>100</v>
       </c>
       <c r="W25" s="7">
         <v>100</v>
       </c>
       <c r="X25" s="7">
         <v>100</v>
       </c>
       <c r="Y25" s="7">
         <v>100</v>
       </c>
       <c r="Z25" s="7">
         <v>100</v>
       </c>
       <c r="AA25" s="7">
         <v>100</v>
       </c>
       <c r="AB25" s="7">
         <v>100</v>
       </c>
       <c r="AC25" s="7">
         <v>100</v>
       </c>
       <c r="AD25" s="7">
         <v>100</v>
       </c>
       <c r="AE25" s="7">
         <v>100</v>
       </c>
       <c r="AF25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>40</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>41</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>42</v>
       </c>
       <c r="J27" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K27" s="7" t="s">
         <v>43</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M27" s="7" t="s">
         <v>44</v>
       </c>
       <c r="N27" s="7" t="s">
         <v>45</v>
       </c>
       <c r="O27" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="P27" s="7" t="s">
         <v>46</v>
       </c>
       <c r="Q27" s="7" t="s">
         <v>47</v>
       </c>
       <c r="R27" s="7" t="s">
         <v>48</v>
       </c>
       <c r="S27" s="7" t="s">
         <v>49</v>
       </c>
       <c r="T27" s="7" t="s">
         <v>20</v>
       </c>
       <c r="U27" s="7" t="s">
         <v>51</v>
       </c>
       <c r="V27" s="7" t="s">
         <v>52</v>
       </c>
       <c r="W27" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="X27" s="7" t="s">
         <v>53</v>
       </c>
       <c r="Y27" s="7" t="s">
         <v>25</v>
       </c>
       <c r="Z27" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AA27" s="7" t="s">
         <v>55</v>
       </c>
       <c r="AB27" s="7" t="s">
         <v>57</v>
       </c>
       <c r="AC27" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AD27" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AE27" s="7" t="s">
         <v>58</v>
       </c>
       <c r="AF27" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>424</v>
       </c>
       <c r="D28" s="4">
         <v>402</v>
       </c>
       <c r="E28" s="4">
         <v>448</v>
       </c>
       <c r="F28" s="4">
         <v>384</v>
       </c>
       <c r="G28" s="4">
         <v>416</v>
       </c>
       <c r="H28" s="4">
         <v>403</v>
       </c>
       <c r="I28" s="4">