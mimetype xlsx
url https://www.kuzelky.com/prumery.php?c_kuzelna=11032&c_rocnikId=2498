--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>Výsledky hráčů družstva TJ Kovostroj Děčín B na kuželně Kovostroj Děčín</t>
   </si>
   <si>
     <t>Jiří Jablonický</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>10.4.2025</t>
   </si>
   <si>
     <t>13.3.2025</t>
   </si>
   <si>
     <t>20.2.2025</t>
   </si>
   <si>
     <t>28.11.2024</t>
   </si>
   <si>
@@ -363,50 +363,53 @@
     <t>7.11.2024</t>
   </si>
   <si>
     <t>3.10.2024</t>
   </si>
   <si>
     <t>28.9.2024</t>
   </si>
   <si>
     <t>19.9.2024</t>
   </si>
   <si>
     <t>15.3.2024</t>
   </si>
   <si>
     <t>1.3.2024</t>
   </si>
   <si>
     <t>12.1.2024</t>
   </si>
   <si>
     <t>28.10.2023</t>
   </si>
   <si>
     <t>Čestmír Dvořák</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>7.4.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>30.1.2025</t>
   </si>
   <si>
     <t>1.2.2024</t>
   </si>
   <si>
     <t>30.11.2023</t>
   </si>
@@ -2267,227 +2270,227 @@
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>116</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>117</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>118</v>
       </c>
       <c r="E27" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="F27" s="6" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>120</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>121</v>
       </c>
       <c r="I27" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="J27" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="J27" s="6" t="s">
+      <c r="K27" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="K27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L27" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="M27" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="M27" s="6" t="s">
+      <c r="N27" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="N27" s="6" t="s">
+      <c r="O27" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="O27" s="6" t="s">
+      <c r="P27" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="P27" s="6" t="s">
+      <c r="Q27" s="6" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>124</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>125</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>126</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>127</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>128</v>
       </c>
       <c r="W27" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="X27" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="Y27" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AB27" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="AB27" s="6" t="s">
+      <c r="AC27" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="AC27" s="6" t="s">
+      <c r="AD27" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>396</v>
+      </c>
+      <c r="D28" s="4">
         <v>427</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>388</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>443</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>404</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>451</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>407</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>431</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>390</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>407</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>420</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>426</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>436</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>435</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>372</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>431</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>413</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>385</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>431</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>410</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>384</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>430</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>359</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>417</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>401</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>426</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>445</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>403</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>374</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">